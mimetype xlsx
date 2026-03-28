--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112971", "600")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112971", "2 PONTES ROLANTES ROTEX 2 TON - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112972", "601")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112972", "PONTE ROLANTE DEMAG 2 TON - FROTA 308846-10 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112973", "602")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112973", "PONTE ROLANTE CROÁCIA  1 TON - FROTA 130009-2 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112974", "605")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112974", "PLATAFORMA ELEVATÓRIA - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112975", "612")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112975", "ESTANTE DE MADEIRA - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112978", "614")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112978", "PONTE ROLANTE DEMAG 5 TON - FROTA 308858-10 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112979", "624")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112979", "PONTE ROLANTE DEMAG 10 TON - FROTA 2547 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113024", "626")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113024", "DESUMIDIFICADOR DE AR ECO TECH SYSTEM - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113025", "650")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113025", "MOLDES EM MADEIRA - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113026", "661")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113026", "PONTE ROLANTE DEMAG 5 TON - FROTA 70-10 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113027", "666")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113027", "TORRE DE MEDIÇÃO DE ALTURA - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113028", "671")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113028", "PLATAFORMA ELEVATÓRIA - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113029", "679")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113029", "AR CONDICIONADOS CARRIER - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113030", "680")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113030", "EMPILHADEIRA HYSTER175 FORTIS 2016 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>205.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113031", "682")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113031", "TORRE DE TESTE DE IMPULSO HIGHVOLT PEOM 100/80, 2013 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>800.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113032", "688")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113032", "PONTE ROLANTE DEMAG 2 TON - FROTA 308870-10 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113033", "697")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113033", "ESTANTE MADEIRA - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113034", "699")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113034", "PONTE ROLANTE DEMAG 5 TON - FROTA 308865-10 - LOCALIZAÇÃO: CURITIBA/PR")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>