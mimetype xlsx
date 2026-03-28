--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112934", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112934", " (5 itens) -  1 pistola elétrica para pintura sem uso + 1 serra tico tico pneumática sem uso+ 1 vídeo k7 Panasonic + 1 DVD Samsung + 1 DVD philps")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112924", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112924", "( 5 itens) 1 Pistola elétrica de pintura sem uso + 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112925", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112925", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112938", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112938", "  ( 3 itens) 1 chave pneumática 1/2   1 assentados de talão bazuca    1 serra de corte pneumática")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112922", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112922", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112926", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112926", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112927", "020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112927", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112923", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112923", "( 2 itens) balanceadora de pneus profissional usada + Calibrador digital  profissional sem uso. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112930", "037")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112930", " ( 3 itens ) 1 macaco 8 toneladas sem uso   1 numerador de pneus sem uso   1 alicate corta vergalhao sem uso.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112929", "038")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112929", " ( lote 6 itens) 1 chave de impacto 1/2 sem uso  1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112933", "039")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112933", " ( lote 7 itens) 1 bico de jato água   1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente  1 jg chave combinada 12 pc.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112935", "040")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112935", "  ( 3 itens) 1 assentador de talão bazuca   1 chave de roda profissional   1 mini compressor, sem uso.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112931", "041")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112931", " ( lote 7 itens) sem uso 3 kit reparo pneu sem camara   1 bomba manual   1 multímetro digital   1 lanterna   600 remendo vipal para pneus")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112932", "042")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112932", " (Lote 8 itens) sem Uso 4 kit reparo pneus sem camara   1 riscador de pneus manual   2 alicate de bico  mais 300 peças  de rodar de caminhão  diversas.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112928", "043")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112928", " ( 4 itens) sem uso . 1 chave pneumática encaixe  de 1/2   1 esguicho de mangueira   1 multímetro digital   1 multímetro com sensor de temperatura.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112937", "065")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112937", "  ( 2 itens) 1 macaco hidráulico profissional para 20 toneladas   1 chave pneumática  7000 rpm, sem uso .")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112936", "067")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112936", " ( 2 itens) 1 macaco hidráulico  20 toneladas   1 chave de roda 27x32, sem uso. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112918", "076")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112918", "(4 itens) Pistola de pintura elétrica sem uso + Farol automotivo, sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. +  Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112920", "081")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112920", "( 13 itens) 1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112921", "098")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112921", " ( 33 itens)  1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso.+ 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso. +  10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112919", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112919", "( 24  itens)  acrescentar  1 pistola elétrica de pintura sem uso + 1 mini pistola de pintura pneumática sem uso + 20 litros de cachaça artesanal + 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112940", "214")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112940", " 1 macaco  jacaré profissional capacidade 2 toneladas sem uso. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112939", "215")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112939", " ( 2 itens) 1 pistola elétrica  de pintura   1 pistola pneumática para pintura sem uso. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112945", "216")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112945", " ( 4 itens) 1 pistola de pintura pneumática   1 esmerilhadeira angular   1 bico se sopro   1 serra tico tico pneumática.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112943", "218")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112943", " ( 7 itens ) 1 esmerilhadeira angular pneumática   1 serra tico tico pneumática   5 bico de sopro para limpeza itens sem uso .")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112948", "219")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112948", " 1 macaco  jacaré profissional capacidade 2 toneladas sem uso.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112942", "222")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112942", " ( 4 itens ) esmerilhadeira  angular pneumática   furadeira reversível pneumática   2  bico sopro itens sem uso.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112944", "226")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112944", " ( 4 itens) 1 macaco Sanfona   1 furadeira reversível pneumática   1 pistola  pintura   1 bico sopro. Itens sem uso.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112949", "227")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112949", "  ( 3 itens) 1 pistola elétrica de pintura   1 esmerilhadeira angular pneumática   1 serra tico tico pneumática, itens sem uso.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112947", "228")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112947", "  2 pistolas de pintura eletrica sem uso. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112941", "229")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112941", "  1 pistola elétrica de pintura sem uso. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112952", "230")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112952", "  6 pistola de pintura pneumática por gravidade produtos sem uso")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112956", "231")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112956", " (4 itens) 2 chave de impacto 1/2  + 2 bico de ar. Produtos sem uso. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112950", "232")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112950", " (5 itens) 1 chave impacto pneumática   1 serra tico tico pneumática   1 pistola de pintura   1 macaco sanfona   1 furadeira reversível itens sem uso")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112954", "233")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112954", " ( 5 itens) 1 chave impacto    2 chave de roda L   2 bico sopro. Itens sem uso. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112953", "234")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112953", " ( 4 itens)  1 pistola elétrica de pintura   1 macaco sanfona   1 chave Cruz   1 bico de sopro itens sem uso.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112958", "237")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112958", " ( 6 itens) 1 macaco sanfona   1 chave impacto   1 Calibrador  até  150 libras   1 kit reparo pneu sem camara   1 bico sopro   1 alicate bico. Itens sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...383 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...574 lines deleted...]
-      </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112951", "241")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112951", "  (2 itens) 1 pistola elétrica para pintura   1 esmerilhadeira  angular pneumática itens sem uso.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>360,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112955", "242")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112955", "  (2 itens) 1 pistola elétrica para pintura   1 esmerilhadeira  angular pneumática itens sem uso.")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>360,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112957", "243")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/112957", " ( 3 itens) 1 chave de impacto 1/2)   1 chave de roda cruz   1 Calibrador  até  50 libras.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>