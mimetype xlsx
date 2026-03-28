--- v0 (2025-11-15)
+++ v1 (2026-03-28)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113731", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113731", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 755")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113732", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113732", "FIAT MOBI LIKE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 639")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113733", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113733", "FIAT MOBI LIKE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 944")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114224", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114224", "BUGGY VW TERRAL 4; 1984/1985; AMARELO; GASOLINA - FUNCIONANDO - FROTA H36")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114225", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114225", "CAMINHÃO VW 8.160 DRC 4X2; 2012/2012; BRANCA; DIESEL - FUNCIONANDO - FROTA J28")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114226", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114226", "I GM CAPTIVA SPORT FWD; 2008/2009; PRATA; BLINDADA - FUNCIONANDO - FROTA A97")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114227", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114227", "FORD JEEP; 1962/1962; VERDE; GASOLINA; 6CC - FUNCIONANDO - FROTA J43")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114228", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114228", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114229", "108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114229", "VW BRASILIA; 1977/1977; VERMELHA - FUNCIONANDO - FROTA 582")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114230", "109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114230", "CITROEN C3 GLX 14 FLEX; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA 634")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114231", "110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114231", "GM/BLAZER COLINA; 2004/2005; BRANCA; GASOLINA - FROTA F58")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114232", "111")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114232", "GM/BLAZER ADVANTAGE; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA D58 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114233", "112")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114233", "NISSAN FRONTIER XE 4X2; CABINE DUPLA; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114234", "113")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114234", "VW KOMBI; 2006/2006; BRANCA; ALCO./GASOL. - FROTA J80")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114235", "114")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114235", "I FORD RANGER XL 13P 4X4; 2011/2011; BRANCA; DIESEL - FUNCIONANDO - FROTA E48")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114236", "115")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114236", "RURAL FORD F75; 1976/1976; AZUL; GASOLINA - FUNCIONANDO - FROTA A82")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114237", "116")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114237", "I CHRYSLER GCARAVAN SE; 2005/2005; PRATA; GASOLINA - FUNCIONANDO - FROTA 955")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114238", "117")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114238", "GM S10 COLINA S 4X4; 2011/2011; BRANCA; DIESEL - FROTA F94")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114239", "118")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114239", "GM S10 COLINA S; 2011/2011; BRANCA; DIESEL - FROTA A43")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114240", "119")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114240", "IMP CHEVROLET; 1929/1929; VERMELHA; GASOLINA - FUNCIONANDO - FROTA J29")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114241", "120")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114241", "VW FUSCA 1600; 1994/1995; BEGE; GASOLINA - FUNCIONANDO - FROTA B86")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114242", "121")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114242", "VW GOL LS; 1986/1986; VERMELHO; ALCOOL - FUNCIONANDO - FROTA G56                                          ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114243", "122")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114243", "veja o vídeo!! MINI MOTO; LIAN MEI; 149CC; GASOLINA - FUNCIONANDO.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114244", "123")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114244", "FIAT IDEA ATTRACTIVE 1.4; 2012/2012; CINZA; GASOLINA - FUNCIONANDO - FROTA 904")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114245", "124")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114245", "RENAULT SANDERO EXPRESSION 1.6; 2015/2015; BRANCA; ALCO./GASOL. - FROTA D72")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114252", "125")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114252", "CAMINHÃO FORD CARGO 1722 E; COM COMPACTADOR DE LIXO;  2009/2009; BRANCA; DIESEL - FROTA 264")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114254", "126")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114254", "CAMINHÃO FORD CARGO 1723; 2013/2013; BRANCO; DIESEL; TOCO - FROTA G08")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114251", "127")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114251", "CAMINHÃO FORD CARGO 1722 CN; 2011/2012; BRANCO; DIESEL; COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA A12")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114256", "128")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114256", "VW/ÔNIBUS INDUSCAR APACHE; 2008/2008; BRANCA; DIESEL - FUNCIONANDO - FROTA 103")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114255", "129")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114255", "VW/ÔNIBUS INDUSCAR APACHE; 2006/2006; BRANCO; DIESEL - FUNCIONANDO - FROTA 128")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114250", "130")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114250", "ÔNIBUS MARCOPOLO VOLARE V6 ON; 2006/2006; BRANCA; DIESEL - FROTA 910")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114257", "131")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114257", "HONDA CG125 CARGO KS; 2009/2009; BRANCA; GASOLINA - FUNCIONANDO - FROTA 082")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114258", "132")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114258", "HONDA CG125 CARGO KS; 2009/2009; BRANCA; GASOLINA - FUNCIONANDO - FROTA 052")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114259", "133")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114259", "HONDA CG125 CARGO KS; 2009/2009; BRANCA; GASOLINA - FUNCIONANDO - FROTA 064")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114260", "134")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114260", "HONDA CG125 CARGO KS; 2009/2009; BRANCA; GASOLINA - FUNCIONANDO - FROTA 474")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114261", "135")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114261", "FIAT/WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FROTA E49")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114262", "136")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114262", "CAMINHÃO IVECO TRAKKER 720T42TN; 2009/2010; BRANCA; DIESEL; SEM CÂMBIO - FROTA G65")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>