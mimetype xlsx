--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113746", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113746", " Caminhão GMC. Mod. 7.110.  Ano 1997")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113744", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113744", "MITSUBISHI L200 SPORT 4x4 HPE CD. DIESEL. ANO 2004/ 2004")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113742", "011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113742", " VW FOX 1.0. Flex. Ano 2008/ 2008. Aprox. 115.000 km")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113741", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113741", "FIAT PALIO FIRE..Flex.  Ano 2008/ 2008. Aprox. 116.000 km")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113745", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113745", "AMBULÂNCIA PEUGEOT PARTNER MARIMAR . ANO 2012/ 13")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113743", "021")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113743", "AMBULÂNCIA RENAULT KANGOO RONTAN. ANO 2014/ 2015 ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113748", "024")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113748", "[ VÍDEO ] MITSUBISHI PAJERO TR4 HP. FLEX. ANO 2011")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113749", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/113749", "MITSUBISHI PAJERO TR4 HP. FLEX. ANO 2007/08")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>24.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115356", "026")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115356", " Estação Total Geodetic GD2i")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115353", "027")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115353", " Estação Total Geodetic GD2i")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115357", "028")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115357", " Receptor GNSS RTK CHC i50")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115355", "029")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115355", " Estação total Topcon GTS 102N com duplo display ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115358", "030")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115358", " Estação total Topcon GTS 102N com duplo display ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...255 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115354", "031")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115354", " Estação total Topcon GTS 102N com duplo display ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>