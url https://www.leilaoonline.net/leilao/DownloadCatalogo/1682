--- v0 (2025-11-15)
+++ v1 (2026-03-28)
@@ -269,4155 +269,3639 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114098", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114098", "Motoniveladora Dresser 140C. Ano 1980")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114058", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114058", " Transmissão para Trator de Esteira Caterpillar D6R.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114060", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114060", " Motor Cummins NT 855. Modelo BIGCAM. Fabricado na China")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114059", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114059", " Motor Caterpillar 3304 4 cilindros")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114061", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114061", " Motor Isuzu 6 Cilindros para aplicação em diversas escavadeiras. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114062", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114062", " Bomba Hidraulica Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114064", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114064", " Redutor e motor Hidraulico de tração para Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114063", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114063", " Redutor e motor Hidraulico de Giro para Escavadeira Case CX240. (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114066", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114066", " Caçamba para Escavadeira Case CX240")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114068", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114068", " Torre Duplex para Empilhadeira 4 toneladas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114069", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114069", "Torre Duplex com Diferencial e rodagem dupla para Empilhadeira 5 toneladas (626). (Será desinstalado da máquina)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114067", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114067", " Eixo Direcional com pistão Rodas e Pneus para empilhadeira")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114099", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114099", " Cabine Para Retroescavadeira Caterpillar 416")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114070", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114070", " Cabine para Escavadeira Caterpillar 320B sem porta")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114071", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114071", " Cabine Aberta para Retroescavadeira")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114072", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114072", " Cabine para Escavadeiras Hyundai R210, R160, R140, R320, R250, R500")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114073", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114073", " Comando Final para Trator de Esteira D8N. Com embreagem direcional")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114076", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114076", " Coroa lateral esquerda, carcaça e Roda Motriz D65")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114074", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114074", "[ LANCE POR QUILO ] 5 Comandos Hidraulicos Liebherr 944, 954, 974. Aprox. 1550 quilos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114400", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114400", " Conjunto de Bomba Pá Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114075", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114075", " Motor de Tração Pá Carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114077", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114077", " 5 Escapamentos diversos")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114078", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114078", " [ LANCE POR QUILO ] Aprox. 3 Toneladas de Pistões Hidráulicos")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1,90</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114079", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114079", " 5 Pneus com Rodas Rolo Compactadores 7.50X13")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114080", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114080", " Motor Perkins 3cc com tanque hidráulico, bomba, comando e suporte")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114081", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114081", " Tambor para Rolo Compactador Dynapac CG14")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114083", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114083", "Bloco do Motor Mercedes OM906")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114092", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114092", " Motor Cummins NT855 parcial Bigcam")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114084", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114084", " Motor parcial JCB 444 T2")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114090", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114090", " [ LANCE POR QUILO ] Eixo Diferencial Traseiro Cat 938G. Aprox. 1 tonelada")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1,90</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114085", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114085", " [ LANCE POR QUILO ] Eixo Diferencial Fiatallis FR180. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114093", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114093", " [ LANCE POR QUILO ] 02 Eixos Diferenciais Liebherr 580. Aprox. 4 toneladas")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114089", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114089", " [ LANCE POR QUILO ] Eixo Diferencial Dianteiro Cat 930. Aprox. 1,5 tonelada")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114091", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114091", " [ LANCE POR QUILO ] Eixo Dianteiro da Pá Carregadeira SEM. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114086", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114086", " Eixo direcional da Empilhadeira Hyundai HDF 70")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114094", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114094", " [ LANCE POR QUILO ] 01 Par de Eixo Dianteiro e Traseiro da Pá Carregadeira JCB 456. Aprox. 4 toneladas")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114087", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114087", " [ LANCE POR QUILO ] 2 Redutores de Tração de Escavadeiras de  30 toneladas. (Aprox. 700 kg)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114095", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114095", " [ LANCE POR QUILO ] 02 Redutores de Tração da Komatsu PC 600. Aprox. 1.200 kg")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114055", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114055", " [ LANCE POR QUILO ] Par de Esteira para Trator Caterpillar D8K. Aprox. 4 Toneladas")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114096", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114096", " [ LANCE POR QUILO ] Chassi com eixo e roda da Empilhadeira Linde H40D. Aprox. 2 toneladas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114054", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114054", " Comando Final para Trator Caterpillar D6R")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114046", "047")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114046", "[ LANCES POR QUILO ] Comboio para Lubrificação. Aprox, 1.500kg")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1,90</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114047", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114047", "[ LANCE POR QUILO ] Caçamba Basculante para Caminhão toco. Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114048", "051")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114048", " Engate Rápido para escavadeira de 20 toneladas")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114050", "052")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114050", " Eixo dianteiro e traseiro para Rolo Compactadores de Pneus")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114049", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114049", " 2 Cabecotes para motor trator de Esteira caterpillar D8L")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114051", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114051", " Motor para Pá Carregadeira 924G. Com conversor de torque")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114951", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114951", " [ LANCE POR QUILO ] RIPPER para trator de Esteira AD14 D65. Aprox. 1.800 kg")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114949", "056")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114949", "[ VÍDEOS ] Eixo Dianteiro Pa carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114950", "057")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114950", " Comando Hidraulico e Swivel Escavadeira Caterpillar 320")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114057", "058")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114057", " Cabine para Trator de Esterira Caterpillar com ROPS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114052", "059")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114052", "Traseira para Retroescavadeira Case 580 alavancas, pistões de giro e comando")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114026", "060")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114026", "Redutor de Giro Escavadeira Caterpillar 320BL com motor")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114028", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114028", "[ VÍDEO ] Comando Hidráulico Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114027", "062")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114027", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Liebheer 942C com roda motriz")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114029", "063")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114029", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114030", "064")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114030", " Caçamba Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114032", "065")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114032", "[ VÍDEO ] Transmissão Pá carregadeira Caterpillar 962G sem bomba e grupo de Válvula")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114033", "066")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114033", "[ VÍDEOS ] Transmissão Trator de Esteira D8N")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114031", "067")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114031", " Transmissão Trator de Esteira Komatsu D61EX")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114036", "068")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114036", " Motor de Translação Escavadeira FH220")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114035", "069")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114035", " Motor Volvo Modelo D7 ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114034", "070")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114034", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114037", "071")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114037", "[ VÍDEO ] Bomba Hidraulica Sundstrand P23")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114038", "072")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114038", "[ VÍDEO ] Redutor de Translação Escavadeira Case 888")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114039", "073")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114039", " Transmissão Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114040", "074")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114040", "Motor Caterpillar D342 para D8H ou D8K")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114041", "075")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114041", " [ VÍDEO ] Transmissão Combate / SDLG 936")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114042", "076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114042", "Motor Liebherr Parcial")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114043", "078")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114043", " Caixa de Câmbio Scania ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114045", "079")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114045", " Transmissão Trator de Esteira Caterpillar D6M")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114044", "080")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114044", " Coroa de Giro Escavadeira Caterpillar 320 B")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114152", "081")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114152", " Motor Cummins Serie C sem bomba injetora e bicos")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114151", "082")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114151", " Bloco Motor Cummins série C")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114153", "084")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114153", "Motor Cummins QSL.9 Parcial")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114150", "085")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114150", "[ VÍDEO ] Motor Caterpillar 3306")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114149", "086")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114149", " Motor Cummins Serie B ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114154", "087")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114154", " Virabrekin NT855 STD")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114155", "088")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114155", " Radiador com aftercooler. Sem uso")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114156", "089")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114156", " Radiador Perkins para Retroescavadeiras. Sem uso")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114158", "090")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114158", " Radiador com aftercooler. Sem uso")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114157", "091")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114157", " [ LANCE POR QUILO ] Tandem Completo para Motoniveladora XCMG 180. Aprox. 2.100 kg")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114159", "092")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114159", " [ LANCE POR QUILO ] 2 Diferenciais para Pa Carrgadeira Caterpillar 938G. Aprox. 1.560 kg")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1,70</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114160", "093")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114160", " [ LANCE POR QUILO ] 2 Diferenciais para Pa Carrgadeira Caterpillar 950. Aprox. 2.100 kg")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114163", "094")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114163", " [ LANCE POR QUILO ] 2 Diferenciais para Pa Carrgadeira Caterpillar 966. Aprox. 2.390 kg")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>5.975,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114161", "095")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114161", " [ LANCE POR QUILO ] 1 Diferencial Pá Carregadeira Fiat Allis FR 180. Aprox. 1.033 kg")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.756,10</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114165", "096")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114165", " [ LANCE POR QUILO ] 2 Diferenciais Pá Carregadeira Liebherr L580. Aprox. 2.800 kg")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114162", "097")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114162", " [ LANCE POR QUILO ] 2 Diferenciais Pá Carregadeira SEM 656. Aprox. 2.350 kg")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114166", "098")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114166", " [ LANCE POR QUILO ] 2 Diferenciais para Pá Carregadeira Caterpillar 930. Aprox. 1.400 kg")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114164", "099")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114164", " [ LANCE POR QUILO ] 1 Diferencial para Pá Carregadeira Komatsu WA320. Aprox, 700 kg")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114168", "100")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114168", " [ LANCE POR QUILO ] 2 Diferenciais Pá Carregadeira SEM 618. Aprox. 1.200 kg")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114167", "101")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114167", " [ LANCE POR QUILO ] 2 Diferenciais Pa Carregadeira Case W36. Aprox. 2.100 kg")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114169", "102")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114169", " [ LANCE POR QUILO ] 2 Redutores de GIRO Komatsu Escavadeira PC600. Aprox. 900 kg")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114171", "103")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114171", " [ LANCE POR QUILO ] 29 Rodas Motrizes para maquinas diversas. Aprox. 1.800 kg")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114396", "105")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114396", "Motor Cummins 6BT")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114397", "106")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114397", "Motor Scania Parcial")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114398", "107")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114398", "Bloco de Motor ISUZU 6 cilindros")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114399", "108")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114399", "Motor Parcial Caterpillar 3406")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114648", "109")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114648", " Motor Perkins 6 cilindros com caixa de Cambio")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114649", "110")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114649", " Motor Perkins 6 cilindros com caixa de Cambio")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114650", "111")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114650", " Motor Cummins Serie B ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114653", "112")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114653", " Transmissão FUNK para Rolos de Pneus")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114655", "113")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114655", " Transmissão Alissom para Case W20")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114656", "114")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114656", " 2 Diferenciais para Pa Carregadeira Case W20")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114652", "115")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114652", " Radiador para Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114654", "116")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114654", " Pá Carregadeira Caterpillar 930R. Não operacional motor placa espacadora. Ano 1986 série 57Z01165")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114657", "117")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114657", "[ VÍDEO ] Motor Caterpillar 3306")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114660", "118")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114660", " Trator de Esteira Caterpillar D6R")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114659", "119")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114659", " [ LANCES POR QUILO ] Jogo de Rolete Escavadeira Caterpillar 324D. Aprox 900 kg")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114658", "120")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114658", " [ LANCES POR QUILO ] Jogo de Rolete Trator de Esteira New Holland D170. Aprox 600 kg")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114663", "121")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114663", " [ LANCES POR QUILO ] Jogo de Rolete e Guia de esteira Escavadeira Komatsu PC600. Aprox 2.300 kg")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114661", "122")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114661", " [ LANCES POR QUILO ] Jogo de Rolete Escavadeira Caterpillar 336. Aprox 900 kg")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114662", "123")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114662", " Roda Guia para trator de esteira Caterpillar D6")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114665", "124")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114665", " Roda Guia para trator de esteira Caterpillar D6")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114666", "125")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114666", " 6 Braços de estabilizador com sapatas para Retroescavadeira")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114664", "126")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114664", " Transmissão para Trator de Esteira Komatsu D61")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114667", "127")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114667", " Motor Mercedes OM 352")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114518", "128")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114518", "[ VÍDEO ] Motor Caterpillar C15 433KW")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114525", "129")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114525", "Motor Deutz 3 cilindros ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114646", "130")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114646", " Diferencial com Rodas e Pneus 900x20 com molas ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114645", "131")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114645", " H para Retroescavadeira Massey Fergunson MF86HD com caçamba")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114644", "132")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114644", " Caçamba para Pá Carregadeira Nova")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114647", "133")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114647", " Caçamba para Pá Carregadeira Caterpillar 955")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114651", "134")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114651", " Caçamba Pá Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114681", "135")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114681", " Escavadeira Caterpillar 320L ano 1995 com bomba hidráulica desmontada")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114680", "136")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114680", " Trator de Esteira Komatsu D65A com RIPPER ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>99.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114679", "137")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114679", " Trator de Esteira Komatsu D65E série 6B com RIPPER")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114947", "138")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114947", "Caçamba para Caminhão Fora de Estrada RK 425")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...3998 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114948", "139")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114948", "Caçamba para Caminhão Fora de Estrada RK 430")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>