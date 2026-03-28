--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114205", "455")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114205", "EQUIPAMENTO PULLOVER; MARCA TECHNOGYM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114009", "456")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114009", "BANCO SUPUNO RETO INCLINADO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114202", "457")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114202", "EQUIPAMENTO PECK DECK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114197", "458")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114197", "EQUIPAMENTO PARA TREINAR PEITO LIFE FITNESS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114204", "459")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114204", "EQUIPAMENTO PULLEY ALTO COM REMADA BAIXA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114189", "460")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114189", "EQUIPAMENTO DE ESTAÇÃO FUNCIONAL WELLNESS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114020", "461")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114020", "BIKE VERTICAL JOHNSON C7000")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114188", "462")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114188", "EQUIPAMENTO DE ESTAÇÃO COM CROSS OVER REMADA BAIXA, PULLEY ALTO E GRAVOTRON")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114208", "463")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114208", "BIKE SPIN HIPERFITNESS STAR TRAC AX15500")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114022", "464")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114022", "BIKE SPIN INOCYCLE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114021", "465")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114021", "BIKE HORIZONTAL JOHNSON C7000")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114187", "466")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114187", "EQUIPAMENTO ELÍPTICO TECHNOGYM")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114200", "479")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114200", "EQUIPAMENTO PARA TREINAR GLÚTEOS RIGHETO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114193", "11285")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114193", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114194", "11286")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114194", "ESTEIRA 9100 TR LIFE FITNESS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114196", "11287")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114196", "EQUIPAMENTO LEG PRESS GERVASPORT")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114201", "11288")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114201", "MESA FLEXORA GERVASPORT")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114198", "11291")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114198", "EQUIPAMENTO PARA TREINAR COSTAS HAMMER")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114023", "16403")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114023", "BIKE SPIN STAR TRAC")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114206", "16404")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114206", "EQUIPAMENTO REMO CONCEPT")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114017", "16405")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114017", "BIKE VERTICAL JOHNSON C7000")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114209", "16406")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114209", "EQUIPAMENTO STEP 5500 LIFE FITNESS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114018", "16407")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114018", "BIKE VERTICAL FITNESS LIFECYCLE 9100")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114015", "16408")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114015", "BIKE LIFECYCLE 9100")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114019", "16409")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114019", "BIKE VERTICAL JOHNSON C7000")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114024", "16410")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114024", "EQUIPAMENTO CADEIRA ABDUTORA GURIK")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114008", "16412")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114008", "BANCO RETO DECLINADO E INCLINADO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114190", "16413")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114190", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114007", "17233")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114007", "EQUIPAMENTO BIOTECH - BANCO OMBRO 90")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114192", "17234")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114192", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114203", "20427")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114203", "PRANCHA ABDOMINAL")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114207", "20429")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114207", "EQUIPAMENTO REMO CONCEPT")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114195", "20439")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114195", "EQUIPAMENTO HIPEREXTENSOR LOMBAR LIFE FITNESS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114199", "20440")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114199", "EQUIPAMENTO PARA DESENVOLVIMENTO DOS OMBROS LIFE FITNESS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114186", "20441")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114186", "EQUIPAMENTO DE ESTAÇÃO COM CROSS OVER REMADA BAIXA E PULLEY ALTO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114011", "20442")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114011", "BIKE  HORIZONTAL TOTAL HEALTH")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114016", "20443")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114016", "BIKE LIFECYCLE 5500R FITNESS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114010", "20444")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114010", "BIKE HOR JOHNSON S/MOD.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114014", "20445")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114014", "BIKE LIFECYCLE 6500HR FITNESS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114191", "20448")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114191", "ESTEIRA 9100HR LIFE FITNESS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>