--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3163 +269,2771 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114278", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114278", "Trator MF 275 - 4x4 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114281", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114281", "Trator Agrale 4200")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114282", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114282", "Trator MF 275 - 4x4 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114283", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114283", "Trator MF 275")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114289", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114289", "Trator Mf 265")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114290", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114290", "Trator MF 275")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114291", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114291", "Lote com: 8 Pneus sem uso")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114292", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114292", "Trator de esteira D4e - CAT - sem bateria - funcionando")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114293", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114293", "Lote com: Aproximadamente 10 unidades de Implementos agrícolas ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114294", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114294", "Motoniveladora Cat. 120H - Motor funcionando ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114345", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114345", "Roçadeira Lavrale ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114346", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114346", "[Vídeo] Caminhão 16-22 - ANO 2001 - Traçado - Com Guincho e munck 40.5 Ton - ANO 2012 - 4 lanças hidráulicas e 2 Manuais - Atenção = 2 transferências - motor falta regularizar ( pelo comprador ) ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>214.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115793", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115793", "Komatsu 2007 pc200 - Parada a 5 anos - parou funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115791", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115791", "Munck - sem especificações ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115792", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115792", "Munck - sem especificações ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115800", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115800", "Carreta sucata - aproximadamente 8 toneladas - LANCES POR KG")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>0,90</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115801", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115801", "Máquina de lavar ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115790", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115790", "Caçamba com Bomba - 2009 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114701", "050")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114701", "Caminhão MB 2219 1980 6x4 - Adaptado com motor 366 - documentado - Carroceria para transporte de máquina ( Não acompanha sucata)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114723", "051")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114723", " Caminhão MB LS 1935 - 1994/1994")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114735", "052")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114735", " Caminhão Euclid - Fora de estrada - Sem direito a documento")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114704", "053")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114704", "Caminhão Scania 420 6x4 2005 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114713", "054")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114713", " VW 18.310 Titan - 2005 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114705", "055")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114705", " Caminhão VOLVO NL 12 360 1995 - Pneus Bons")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114801", "056")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114801", "[vídeo] RARIDADE - Ford Taurus LX 1995 - Único dono. Pneus novos - bateria nova - 125.000 km")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114714", "057")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114714", " Caminhão MB 1313 1976")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114717", "058")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114717", " Caminhão MB 1618 1994 - Carroceria aberta")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114720", "059")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114720", " Caminhão Chevrolet 14000 Custom 1993 - Atenção: Necessário duas transferências")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114738", "060")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114738", " Caminhão MB 712 C - 1999")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114721", "061")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114721", "  Iveco 2002 - Atenção - Necessário duas transferências")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114729", "062")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114729", " SUCATA - Furgão Renault Master 13M3 2002/2003 - Sem direito a documento")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114716", "063")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114716", " SUCATA - Caminhão Scania - Sem direito a documento. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114769", "064")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114769", "SUCATA - Caminhão MB LS 1938 2004 - chassi: 9BM6960904B390230")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114771", "065")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114771", " Audi A4 Avant 1.8 turbo 2004 - Automático")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114731", "070")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114731", " Carreta - Fueiro")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114733", "071")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114733", " Carreta - Fueiro")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114711", "072")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114711", " Carreta - 3 Eixos - 1994/1995")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114712", "073")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114712", " Carreta Alta 3 eixos - 1988")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114725", "074")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114725", " Equipamento Tanque - Trucado ( Somente equipamento )")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114736", "075")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114736", " Tanque 16 mil litros")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114718", "076")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114718", " Equipamento Poliguindaste - Somente equipamento.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114727", "077")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114727", " Equipamento Poli Guindaste 3/4 - Somente Equipamento")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114719", "078")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114719", " Equipamento Munck - Somente equipamento")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114737", "079")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114737", "  Guindaste Madal 9 Ton -  Motor MB")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114724", "080")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114724", " Empilhadeira - 7 Ton.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114739", "081")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114739", " Retroescavadeira 580H - estado de sucata")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114710", "082")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114710", "Retroescavadeira 750 MF 4x4 ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114709", "084")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114709", " Empilhadeira Clark 7 Ton. - Diesel")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114730", "087")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114730", " Arado 4 discos MF")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114732", "088")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114732", " Arado Hidráulico - 3 Discos")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114734", "090")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114734", " Lâmina Hidráulica")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114703", "091")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114703", " Trator Agrale 4300")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114707", "092")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114707", "Trator Agrale 4300")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114740", "093")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114740", " Trator Agrale 4100")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114708", "094")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114708", " Trator Agrale 4100")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114722", "096")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114722", " Trator CBT 2105")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114726", "097")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114726", " Trator CBT 1105")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114728", "098")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114728", " Trator Hanomag R545- Raridade")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114741", "102")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114741", "Trator Yanmar - 2 cilindros ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114742", "103")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114742", "Trator MF 290 4x4 - 3 Alavancas")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>58.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114743", "104")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114743", "Pá MF 86 - Pula pula ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114770", "105")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114770", "[vídeo] Volvo FH12 380 2004 4x2T")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114744", "106")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114744", "MB 912 - 1989 - Baú ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114745", "107")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114745", "Gerador - Motor Cummins 3 Cilindros - Diesel")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114746", "108")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114746", "Gerador - Motor Cummins 3 Cilindros - Diesel - Motor desmontado")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114747", "109")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114747", " Caminhão Volvo NL10 280 1992")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114748", "111")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114748", " S90 - Estado Sucata")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114750", "112")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114750", "Mercedes ML 350 Bluetec - 2013/2014 - Diesel - Revisada ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>102.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114751", "113")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114751", "Lote com: 4 rodas com pneus seminovo pra novo medidas 265/50 R 19 Volkswagen")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114752", "114")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114752", "Lote com: 4 rodas com pneus seminovos chevrolet S-10 high country 265/60 R18")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114760", "123")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114760", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114762", "124")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114762", "Ford Ranger XL - 1997 - Kit gás ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114763", "125")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114763", "Caminhão MB 1519 1979 ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114764", "126")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114764", "Sucata L200 4x4 GL Diesel 2.5 LD 09/10 - Sem direito a documento ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114765", "129")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114765", "SUCATA - Ford Ranger LTD 2007 - Sem direito a documento ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114766", "131")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114766", "Motoniveladora Cat")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114767", "135")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114767", "Retroescavadeira Case 580H")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114768", "136")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114768", "CAT D8")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114715", "137")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114715", " Pulverizador")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114772", "138")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114772", "Caminhão VW 11.140 1990")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114773", "139")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114773", "Ônibus Iveco 2003 - Atenção: Necessário 2 transferências ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114774", "140")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114774", "Trator MF 55x ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114775", "141")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114775", "Retro de esteira - Sucata ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114776", "142")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114776", "Rolo")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114777", "143")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114777", "Trator Ford 6600 - Sucata ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114778", "145")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114778", "Agrale 4230 com Roçadeira ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114779", "146")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114779", "Valmet 148 4x4")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114780", "147")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114780", "Trator MF 265 ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114781", "148")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114781", "Rolo Muller - Motor mwm ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114782", "149")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114782", "Caminhão MB 1113 1981 ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114783", "150")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114783", "Caminhão MB710 2011")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114786", "153")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114786", "Caminhão VOLVO FH 440 6x4T 2010")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114787", "154")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114787", "GM BLAZER DLX 2.8 Diesel 4x4 2004 ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114788", "155")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114788", "Trator MF 290 4x4 - 3 alavancas ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115127", "156")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115127", "Caminhão Ford Cargo 814 - 1999")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115128", "157")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115128", "Quadriciclo ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...740 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...2270 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115129", "158")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115129", "Chevrolet s10 edição especial 100y - 2018 - diesel ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115130", "159")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115130", "Vw Saveiro RB MBVS 2016/2017 ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>