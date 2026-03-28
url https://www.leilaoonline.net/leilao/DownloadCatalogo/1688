--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114931", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114931", "FORD CARGO MOD 2622 E TRAÇADO; 2010/2010; BRANCO; DIESEL - FUNCIONANDO - FROTA 762 - IPVA 2022 PAGO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114933", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114933", "FORD CARGO 1722 E; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - FROTA 984 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>47.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114934", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114934", "CAMINHÃO VW 8.150E DELIVERY; COM PLATAFORMA DE GUINCHO; 2007/2007; BRANCA; DIESEL - FUNCIONANDO - FROTA 975")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>90.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114936", "203")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114936", "VW/GOL 1.0 GIV; 2009/2010; BRANCO; ALCO./GASOL. - FUNCIONANDO - FROTA 292")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114937", "204")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114937", "VW/GOL 1.0 GIV; 2009/2010; BRANCO; ALCO./GASOL. - FUNCIONANDO - FROTA 319")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114938", "205")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114938", "VW/GOL 1.0 GIV; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 278")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114935", "206")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114935", "FIAT/WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FROTA E49")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114939", "207")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114939", "FIAT MOBI LIKE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 944")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114940", "208")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114940", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 755")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114941", "209")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114941", "FIAT MOBI LIKE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 639")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114943", "210")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114943", "CITROEN JUMPER M33M 23S; 2011/2012; BRANCA; DIESEL - FROTA E84 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114944", "211")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114944", "CAMINHÃO FORD CARGO 2622 E; 2010/2010; BRANCA; DIESEL - FUNCIONANDO - FROTA 761 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114945", "212")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114945", "VW FUSCA 1300; COM TETO SOLAR PANORÂMICO; 1968/1968; AZUL; GASOLINA - FUNCIONANDO - FROTA 165")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>