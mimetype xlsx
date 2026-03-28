--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115348", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115348", " Gerador Stemag com motor diesel MWM. Zero horas de uso, com apenas 18 partidas para teste. Ano 2017. Com quadros de contactoras e cabos de alimentação ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114896", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114896", " Aprox.20 eletroportáteis e utilidades")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114870", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114870", " Aprox.30 pacotes de volumes de moveis")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114855", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114855", " Maquina de suco, voltagem 110v. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114856", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114856", " Caixa registradora Argus anos 70. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114898", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114898", " Motosserra")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114893", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114893", " Motosserra")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114891", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114891", " Roçadeira")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114880", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114880", " Câmara fria - (desmontada)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114869", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114869", " 10 caixas descarga")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114877", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114877", " Compressor de ar odontológico")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114887", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114887", " 10 microondas /fornos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114878", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114878", " 5 lavadoras")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114894", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114894", " 5 lavadoras")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114889", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114889", " Amassadeira rápida")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114871", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114871", " Serra Fita")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114883", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114883", " Sucata de coolers aprox.9")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115350", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115350", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115349", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115349", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115352", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115352", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115347", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115347", " Mesa de sinuca 1.85 mts")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115351", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115351", " Ar condicionado 48.000 Btu´s")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115716", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115716", " Compressor de ar")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114868", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114868", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114884", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114884", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114879", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114879", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114895", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114895", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114873", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114873", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114892", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114892", " Ultra congelador 220 v total de 32 prateleiras fixas")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114881", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114881", " 10 climatizadoras 220 v")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114882", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114882", " Cafeteira Delonghy -110 v")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114874", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114874", " Cafeteira Delonghy ,110 v / com vaporizador de leite")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114872", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114872", " Cafeteira com vaporizador de leite Delonghy 110 v")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114888", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114888", " Junker-15,5 l/h")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114890", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114890", " Junker-15,5 l/h")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115717", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115717", " 6 Motores de cortador de grama")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115721", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115721", " Motor e redutora")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115718", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115718", " Motor e redutora")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115720", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115720", " Aprox.50 peças de carburadores de roçadeiras")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115719", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115719", " sucata de 10 ferramentas elétricas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115723", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115723", " Partes e peças de cortadores de grama")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115722", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115722", " Bebedouro")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115724", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115724", " Mesa e cadeiras")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115725", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115725", " Frigobar funcionando 220voltz")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114854", "303")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114854", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114850", "311")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114850", " Bomba multi estágios")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114848", "313")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114848", " Prensa 1.75 x 4.00")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114849", "314")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114849", " Moinho de pão inox")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114857", "400")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114857", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114858", "401")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114858", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114844", "430")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114844", "Máquina para Madeira")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114846", "432")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114846", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114845", "444")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114845", " Embaladora termo encolhivel 40x40")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114841", "465")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114841", "TURBINA WEG")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114840", "476")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114840", " Desbobinadeira de chapa com caixa de redução")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114843", "480")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114843", " Moinho triturador de cobre e mesa garimpadora ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114842", "481")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114842", " Injetora de poliuretano. Para reparo")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114847", "539")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114847", " Máquina para cortar chapa automática funcionado")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114852", "626")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114852", " Compressor wayne 60 pés")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114851", "627")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114851", " Bomba d’água de pressão")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114853", "634")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114853", " Arqueadora de caixas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114863", "655")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114863", " 2 Vending Machine")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114861", "656")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114861", " Balcão confeitaria inox")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114859", "658")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114859", " Sucata de Condensadoras")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114865", "664")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114865", " 1 pressurizador")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...117 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114860", "666")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114860", " 1 pressurizador ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114866", "667")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114866", " 1 pressurizador ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E77" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...1822 lines deleted...]
-      </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114864", "668")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114864", " 1 pressurizador")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>