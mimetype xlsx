--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8764", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8764", "DIVERSAS PEÇAS -  CASE, SANTAL, SCANIA, CUMMINS aplicadas em Colhedoras, Motores dos Caminhões e Plantadoras. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8765", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8765", "TRATOR CASE MXM 240 Frota: 862, Ano: 2005, Sem eixo dianteiro, 2 pneus traseiros ruins, Sem motor, Chassi: Z4CF02530, Sem retrovisor, Bitola traseira aberta, 33.276 horas trabalhadas, Pode faltar peças e alguns componentes. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8767", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8767", "TRATOR CASE MXM 240 Frota: 853, Ano: 2003, 4 Pneus ruins – sendo 2 Diant. Furados e 1 Trasei. Esq. Furado; Chassi: HCC0028334, N° Série: MX24040188; Sem motor, Sem porta, Sem retrovisores, Apresenta falta de muitas peças na cabine, Teto solto (desmontado); 22.215 horas trabalhadas; Pode faltar peças")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8768", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8768", "DIVERSAS PEÇAS - FILTROS DE AR / COMB. / BOMBA / PAPELÃO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8770", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8770", "LUMINÁRIAS DE TETO Quantidade:  9 peças, apresenta pontos de ferrugens e amassados.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8771", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8771", "TOYOTA; COROLLA ALTIS; 2014/2015; AZUL; ALCO./GASOL. - IPVA, DPVAT 2017 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>63.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8780", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8780", "PLOTTER DESIGNJET HP1050 PLUS ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>