--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114908", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114908", " BICAÇAMBA SR/NOMA SRAB2E18  BCMD - CARGA SEMI-REBOQUE.  ANO/ MOD:  2010/2011 PLACA:  DPF3848 RENAVAM:  00256115877. CHASSI:  9EP020920B1000195 , , NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114909", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114909", " SEMI REBOQUE SR/FACCHINI SRF CB, (wanderléia).  ANO/ MOD:  2013 PLACA:  DAJ 3H91  RENAVAM:  00506933814. CHASSI:  94RB0983DDR019526 , NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114910", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114910", " CAVALO MBB ACTROS  2546 LS. ANO/ MOD:  2010/2011 PLACA:  EGC 9441 RENAVAM:  00256348154. CHASSI:  WDB934251BL496398 ,  NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114912", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114912", " SEMIRREBOQUE GRANELEIRO (TIPO LS).  12.400 x 2.600 x 800   1000MM, 3E MMM,CM 6x2 MARCA / MOD. 700613; ANO / MOD:  2021; COR: PRETA; PBT: 25.500 KG; CAPAC. DE CARGA: 18.120 KG; SERIE: 20442; CHASSI: 97VCAB123M1001233; SEM PNEUS; MARCA TRUCKVAN. No(s) de Serie: 20442 NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114911", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114911", " RODOTREM COMPOSTO DE 2 SEMI-REBOQUE GRANELEIRO  RODOTREM E DOLLY , TUDO 2021. MARCA TRUCKVAN. SEM PNEUS. DETALHES CONF.RELAÇÃO ANEXO.  SEM PLACAS. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>225.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114914", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114914", "BITANQUE COMPARTIMENTADO. SENDO:  CARRETA SEMI REBOQUE / TANQUE, SR/BRASIL SÃO JOSE BI 01 E CARRETA SEMI REBOQUE / TANQUE, SR/BRASIL SÃO JOSE BI 02. . PNEUS SUCATA. ANO/ MOD:  2008/2009 PLACAS:  BTO6615 E BTO6605 RENAVAM:  116790431 E 116790040 CHASSI:  957T076289L000111 E  957T098289L000110")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...79 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114913", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/114913", " CARRETA CARGA SEMI-REBOQUE, SR/FACCHINI SRF CA, CARROCERIA ABERTA. PNEUS SUCATA, COMPRIM.: 13,50 M.  COM 5 TAMPAS. NO ESTADO. ANO/ MOD:  2009/2010 PLACA:  JSV7E49 RENAVAM:  181560879 CHASSI:  94BA13539AV024874")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115246", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115246", "CARRETA CARGA SEMI-REBOQUE SR/ LIBRELATO CACAENCR 3E  ,  SEM PNEUS, NO ESTADO. ANO/ MOD:  2012 PLACA:  FDC9F18 RENAVAM:  00481497234. CHASSI:  9A90AN673CCDJ5098")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>