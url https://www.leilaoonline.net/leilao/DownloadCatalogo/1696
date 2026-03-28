--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115301", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115301", "FORD CARGO MOD 2622 E TRAÇADO; 2010/2010; BRANCO; DIESEL - FUNCIONANDO - FROTA 762 - IPVA 2022 PAGO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115302", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115302", "FORD CARGO 1722 E; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - FROTA 984 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>63.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115304", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115304", "CAMINHÃO VW 8.150E DELIVERY; COM PLATAFORMA DE GUINCHO; 2007/2007; BRANCA; DIESEL - FUNCIONANDO - FROTA 975")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115639", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115639", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FROTA 539")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115312", "105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115312", "I GM CAPTIVA SPORT FWD; 2008/2009; PRATA; BLINDADA - FUNCIONANDO - FROTA A97 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115308", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115308", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115307", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115307", "VW BRASILIA; 1977/1977; VERMELHA - FUNCIONANDO - FROTA 582")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115306", "109")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115306", "CITROEN C3 GLX 14 FLEX; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA 634")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115309", "110")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115309", "GM/BLAZER COLINA; 2004/2005; BRANCA; GASOLINA - FROTA F58 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115310", "111")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115310", "GM/BLAZER ADVANTAGE; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA D58 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115313", "112")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115313", "NISSAN FRONTIER XE 4X2; CABINE DUPLA; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115303", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115303", "VW KOMBI; 2006/2006; BRANCA; ALCO./GASOL. - FROTA J80")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115305", "114")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115305", "I FORD RANGER XL 13P 4X4; 2011/2011; BRANCA; DIESEL - FUNCIONANDO - FROTA E48")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115316", "117")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115316", "I CHRYSLER GCARAVAN SE; 2005/2005; PRATA; GASOLINA - FUNCIONANDO - FROTA 955")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115344", "118")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115344", "VW FUSCA 1300; COM TETO SOLAR PANORÂMICO; 1968/1968; AZUL; GASOLINA - FUNCIONANDO - FROTA 165")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115317", "119")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115317", "IMP CHEVROLET; 1929/1929; VERMELHA; GASOLINA - FUNCIONANDO - FROTA J29")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115359", "127")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115359", "CAMINHÃO FORD CARGO 1722 CN; 2011/2012; BRANCO; DIESEL; COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA A12")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115311", "135")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115311", "FIAT/WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FROTA E49")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115318", "136")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115318", "CAMINHÃO IVECO TRAKKER 720T42TN; 2009/2010; BRANCA; DIESEL; SEM CÂMBIO - FROTA G65")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115321", "137")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115321", "FORD CARGO 1722 E; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - FROTA 982 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115322", "138")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115322", "IVECO DAILY 35S14HD; DIESEL; 2014/2014 BRANCA; DIESEL; GUINCHO PLATAFORMA - FUNCIONANDO - FROTA 877 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115323", "139")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115323", "CAMINHÃO FORD F 11.000; COM MUCK CAP 3,5 TON; 1985/1985; VERDE; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115325", "140")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115325", "FORD CARGO 1622; 1999/1999; BRANCA; DIESEL - FROTA J04")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115326", "141")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115326", "CAMINHÃO M.BENZ L 1620; 2009/2009; BRANCA; DIESEL - FUNCIONANDO - FROTA H99")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>125.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115327", "142")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115327", "CAMINHÃO IVECO TRAKKER 720T42TN; 2009/2010; BRANCA; DIESEL - FROTA G68")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115328", "143")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115328", "GMC 14.190; 1999/2000; VERMELHA; DIESEL - FUNCIONANDO - FROTA I62 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115329", "144")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115329", "VW PARATI 16V TOUR; 2002/2002; BRANCA; GASOLINA - FUNCIONANDO - FROTA 280 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115330", "145")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115330", "FORD CARGO 1722 CN; 2011/2012; BRANCA; DIESEL - FUNCIONANDO - FROTA 626 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115331", "146")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115331", "CITROEN JUMPER M33M 23S; 2011/2012; BRANCA; DIESEL - FROTA E84 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>35.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115343", "147")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115343", "FORD RANGER XL 13P 4X4; 2011/2012; PRATA; DIESEL - FUNCIONANDO - FROTA A41")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>