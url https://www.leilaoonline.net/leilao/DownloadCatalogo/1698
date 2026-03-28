--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115671", "098")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115671", "VW/SAVEIRO CD CROSS  MA; 2014/2015; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115668", "103")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115668", "veja o vídeo!! VW/VIRTUS CL AD; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116196", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116196", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2015/2016; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>115.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115672", "105")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115672", "veja o vídeo!! CAMINHÃO MERCEDES BENZ/LS 1634; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115680", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115680", "veja o vídeo!! HONDA/FIT EX CVT; 2020/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 9.300KM")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>57.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115669", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115669", "veja o vídeo!! MERCEDES BENZ/C180 FF; 2016/2016; PRETA; ALC./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115670", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115670", "veja o vídeo!! CHEVROLET/ONIX 10MT LT1; 2020/2020; PRETA; ALCO./GASOL. - APROX. 7.500 KM - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115674", "109")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115674", "veja o vídeo!! HONDA/CIVIC EXL 2.0 16V I-VTEC; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115676", "110")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115676", "HONDA/WR-V EXL CVT; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>139</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115673", "111")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115673", "veja o vídeo!! HONDA/HR-V TOURING; 2021/2021; CINZA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>98.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116158", "112")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116158", "veja o vídeo!! GM/CHEVROLET A20 CUSTOM; 1989/1990; BRANCA; DIESEL (MOD. COMBUSTIVEL) - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115675", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115675", "veja o vídeo!! HONDA/HR-V EXL CVT; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115678", "114")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115678", "VW/GOL GTS; 1991/1991; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115677", "115")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115677", "veja o vídeo!! I/DODGE JOURNEY SXT; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115679", "116")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115679", "veja o vídeo!! CHEVROLET/ONIX PLUS JOY; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115688", "117")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115688", "veja o vídeo!! TOYOTA/ETIOS SD XS; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115681", "118")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115681", "veja o vídeo!! FIAT/UNO MILLE ECONOMY; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>9.200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116195", "119")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116195", "veja o vídeo!! TOYOTA/YARIS HB XLPLUSAT; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>55.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115682", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115682", "veja o vídeo!! FORD/ECOSPORT XLT1.6FLEX; 2008/2008; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115690", "122")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115690", "HONDA/FIT LX CVT; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115691", "123")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115691", "veja o vídeo!! HONDA/CITY EXL CVT; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116184", "124")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116184", "veja o vídeo!! NISSAN/LIVINA 18; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116004", "126")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116004", "GM/BLAZER COLINA 4X4; 2005/2005; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115687", "130")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115687", "HYUNDAI/HR HDB; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>47.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115684", "132")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115684", "veja o vídeo!! I/HONDA CR-V LX; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115683", "137")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115683", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115685", "138")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115685", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115686", "140")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115686", "veja o vídeo!! FIAT/PALIO ATTRACTIV 1.0; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115693", "146")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115693", "GM/CLASSIC LIFE; 2004/2005; CINZA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115694", "159")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115694", "HONDA/FIT LXL; 2003/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115692", "160")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115692", "veja o vídeo!! I/NISSAN TIIDA 18SL FLEX; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115700", "180")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115700", "I/PEUGEOT 20/HB XR; 2012/2012; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115695", "200")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115695", "veja o vídeo!! FIAT/IDEA ATTRACTIVE 1.4; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115696", "217")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115696", "I/HONDA CITY EX FLEX; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115699", "222")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115699", "veja o vídeo!! I/HYUNDAI ELANTRA GLS; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>21.550,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115702", "225")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115702", "veja o vídeo!! VW/GOL CL STAR; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115698", "234")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115698", "GM/CHEVROLET A10; 1982/1982; BEGE; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115697", "248")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115697", "veja o vídeo!! VW/BRASILIA; 1977/1977; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115701", "257")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115701", "veja o vídeo!! VW/GOL CL; 1988/1988; AZUL; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116388", "260")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116388", "VW/GOL GL 1.8; 1993/1993; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116176", "300")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116176", "CAMINHÃO MERCEDES BENZ/L 1113; 1977/1977; AZUL; DIESEL; TURBINADO; HIDRÁULICO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116174", "301")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116174", "CAMINHÃO MERCEDES BENZ 608; 1975/1975; LARANJA; DIESEL; CARROCERIA FECHADA/BAÚ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116177", "302")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116177", "VW/SAVEIRO CL 1.6 MI; 1998/1999; VERDE; GASOLINA; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116172", "303")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116172", "veja o vídeo!! CAMINHÃO FORD/CARGO 1933 TL; 2012/2013; BRANCA; DIESEL; CABINE ESTENDIDA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>142.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116175", "304")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116175", "CAMINHÃO FIAT/FNM 180; 1974/1974; AZUL; DIESEL")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116178", "305")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116178", "VW/FOX 1.0; 2008/2009; PRETA; ALCO./GASOL.; 4 PORTAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116173", "306")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116173", "VW/VW FUSCA 1300; 1973/1973; MARROM; GASOLINA ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116179", "307")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116179", "CAMINHÃO MERCEDES BENZ/L 2013; 1977/1977; AZUL; DIESEL; TURBINADO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
-      <c r="B30" s="4" t="inlineStr">
-[...430 lines deleted...]
-      <c r="E43" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>68.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116182", "308")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116182", "GM/CHEVY 500 SL; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116180", "309")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116180", "CAMINHÃO MERCEDES BENZ/L 1113; 1978/1978; AZUL; DIESEL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116181", "310")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116181", "CAMINHÃO MERCEDES BENZ 1113; 1969/1969; VERDE; DIESEL")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F43" s="4" t="inlineStr">
-[...574 lines deleted...]
-      </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116183", "311")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116183", "veja o vídeo!! JTA/SUZUKI GSXR1000; 2009/2009; BRANCA; GASOLINA; COM ACESSÓRIOS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>