--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116389", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116389", " TRATOR CASE MX 260. NO ESTADO.  FROTA 103123 ANO/MOD:  2017 N. SÉRIE:   HCCZ3M26EHCM61407 NO ESTADO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>316.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116393", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116393", " CAMINHÃO  FORD CARGO 2628,  6x4,  PLACA: HNG1I42. SEM EQUIPAMENTO - NO CHASSI - NO ESTADO.,  FROTA 1496 ANO/MOD:  2011/2012 CHASSI:   9BFZEAZXXCBS99185 RENAVAM:  457350075 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>85.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116397", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116397", " CAMINHÃO FORD/CARGO 2628, 6x4,  PLACA: NYB3026, SEM EQUIPAMENTO - NO CHASSI - NO ESTADO.  FROTA 53136 ANO/MOD:  2011/2012 CHASSI:  9BFZEAZX4CBS02577 RENAVAM:  464415160 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116395", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116395", " CAMINHÃO  FORD CARGO 2628,  6x4, PLACA: NYB3078, SEM EQUIPAMENTO - NO CHASSI - NO ESTADO.  FROTA 53137 ANO/MOD:  2011/2012 CHASSI:  9BFZEAZXXCBS02583 RENAVAM:  464419263 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116398", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116398", " CAMINHÃO  FORD CARGO 2628,  6x4, PLACA: NYB3054, SEM EQUIPAMENTO - NO CHASSI - NO ESTADO.  FROTA 53138 ANO/MOD:   2011/2012 CHASSI:  9BFZEAZX1CBS02584 RENAVAM:  464417104 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>103.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116399", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116399", " CAMINHÃO  FORD CARGO 2628,  6x4, PLACA: NYB3036, SEM EQUIPAMENTO - NO CHASSI - NO ESTADO.  FROTA 53139 ANO/MOD:   2011/2012 CHASSI:  9BFZEAZX3CBS02585 RENAVAM:  464418380 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>129.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116400", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116400", " CAMINHÃO  FORD CARGO 2628,  6x4, PLACA: NYB3062. SEM EQUIPAMENTO. NO CHASSI - NO ESTADO FROTA 53142 ANO/MOD:  2011/2012 CHASSI:  9BFZEAZX4CBS02580 RENAVAM:  464419840 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>179</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116394", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116394", " CAVALO MECÂNICO  SCANIA G 420 A, PLACA: NYG6844. SEM EQUIPAMENTO - NO CHASSI - NO ESTADO.  FROTA 53248 ANO/MOD:  2011/2012 CHASSI:  9BSG6X400C3803545 RENAVAM:  470527951 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>140.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116396", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116396", " MOTO NIVELADORA CASE 865B FROTA 228002 ANO/MOD:  2018 N. SÉRIE:   HBZN0865CJAF06828 NO ESTADO .")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>420.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116392", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116392", " MOTO NIVELADORA CASE 865B FROTA 328002 ANO/MOD:  2018 N. SÉRIE:   HBZN0865EJAF06696 NO ESTADO .")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>438.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116390", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116390", " QUADRICICLO HONDA TRX420 FOURTRAX,  FROTA: 229007 ANO/MOD:  2013 CHASSI:  9C2TE3500DR005789 RENAVAM:  NO ESTADO.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...77 lines deleted...]
-      </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116391", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116391", " QUADRICICLO HONDA TRX420 FOURTRAX,  FROTA: 329004 ANO/MOD:  2013 CHASSI:  9C2TE3500DR005841 RENAVAM:  NO ESTADO .")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>