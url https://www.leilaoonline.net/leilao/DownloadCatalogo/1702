--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116128", "099")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116128", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA - FUNCIONANDO - CP121")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115787", "100")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115787", "CHEVROLET/S10 LS DS4; 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 640")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>117.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115788", "101")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115788", "CHEVROLET/S10 LS DS4; 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 686")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115789", "102")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115789", "CHEVROLET/S10 LS DS4; 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 651")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115782", "103")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115782", "M.BENZ 709; CAMINHÃO GUINCHO PLATAFORMA PARA 2 CARROS; 1995/1995; BRANCA; DIESEL - FUNCIONANDO - FROTA 590")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>78.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115779", "104")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115779", "VW 13.130; CAMINHÃO COMBOIO; 1985/1985; AMARELA; DIESEL - FROTA A71 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115772", "105")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115772", "CAMINHÃO M.BENZ L 1620; 2009/2009; BRANCA; DIESEL - FUNCIONANDO - FROTA H99")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>84.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115780", "106")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115780", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115781", "107")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115781", "FIAT PALIO WK TREKK 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA F65")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115774", "108")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115774", "I GM CAPTIVA SPORT FWD; 2008/2009; PRATA; BLINDADA - FUNCIONANDO - FROTA A97 - IPVA 2022 PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115773", "109")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115773", "CITROEN C3 GLX 14 FLEX; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - FROTA 634")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115775", "110")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115775", "VW/ÔNIBUS INDUSCAR APACHE; 2008/2008; BRANCA; DIESEL - FUNCIONANDO - FROTA 103")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115776", "111")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115776", "VW/ÔNIBUS INDUSCAR APACHE; 2006/2006; BRANCO; DIESEL - FUNCIONANDO - FROTA 128")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115783", "112")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115783", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 952")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>30.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115784", "113")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115784", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 014")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115785", "114")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115785", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 143")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115786", "115")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115786", "NISSAN MARCH 10S; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 724")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116129", "116")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116129", "FORD F12000 160; 2001/2001; BRANCA; DIESEL; COM CESTO AÉREO - FUNCIONANDO - FROTA 539")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115778", "118")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115778", "VW FUSCA 1300; COM TETO SOLAR PANORÂMICO; 1968/1968; AZUL; GASOLINA - FUNCIONANDO - FROTA 165")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115777", "124")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115777", "RENAULT SANDERO EXPRESSION 1.6; 2015/2015; BRANCA; ALCO./GASOL. - FROTA D72")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116130", "127")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116130", "CAMINHÃO FORD CARGO 1722 CN; 2011/2012; BRANCO; DIESEL; COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA A12")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115845", "130")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115845", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 218; CP 92")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115846", "131")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115846", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 93")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115847", "132")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115847", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 94")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115848", "133")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115848", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 329; CP 95")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115849", "134")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115849", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 358; CP 96")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115850", "135")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115850", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 238; CP 97")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115851", "136")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115851", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 409; CP 98")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115852", "137")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115852", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 338; CP 99")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115853", "138")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115853", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 498; CP 100")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115854", "139")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115854", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 218; CP 101")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>39.300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>