--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115738", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115738", "Empilhadeira Toyota. Capac. 4 Ton. Ano 2010. Revisada. Operacional")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115739", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115739", "Pá Carregadeira New Holland. Mod. 130 B. Ano 2018. Zero horas. Sem painel. Motor e transmissão desinstalados.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115732", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115732", "[ VÍDEO ] Plataforma Elevatória marca JLG. Mod. AM-36. Altura 12 metros. Em bom estado funcionamento")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115734", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115734", " Motoniveladora Hubber Warco. Mod. 140S. 6x4. Cabine fechada. Diesel. Motor Scania. Funcionando.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115733", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115733", " Ponte Rolante. Dupla viga. Capacidade 20 Ton x 20 metros vão. Revisada, painel elétrico com inversor.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115736", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115736", " Caminhão 1113. Turbinado, direção hidráulica, freio ar. Com Baú. 07 metros. iso em chapa aço. Funcionando. Ano 1973")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115735", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115735", " Calandra hidráulica de grande capacidade. Medidas: esp. 1.1/2” x 2.500 mm. Reformada. Em bom estado.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115737", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115737", " Guincho hidráulico marca Hyster. Capac. 3 Ton. Funcionando.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115740", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115740", "Pá carregadeira Caterpillar 950F ano 1998")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>