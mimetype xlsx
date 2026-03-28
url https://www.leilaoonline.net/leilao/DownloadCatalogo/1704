--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116758", "236")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116758", " 22 POLTRONAS/CADERIAS MOBILIARE. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.630,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116752", "237")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116752", " 22 POLTRONAS/CADERIAS MOBILIARE. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116759", "238")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116759", " 28 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.740,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116756", "239")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116756", " 26 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.480,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116754", "240")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116754", " 26 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.480,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119002", "242")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119002", "20 UNIDADES POLTRONA ( COR AZUL )- LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116755", "243")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116755", " 30 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116751", "244")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116751", " 30 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116763", "245")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116763", " 27 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.510,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116771", "246")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116771", " 28 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.640,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116753", "247")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116753", " 18 POLTRONAS/CADERIAS MOBILIARE. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.970,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116769", "248")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116769", "9 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.170,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116772", "249")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116772", " SUPINO MATRIX SENTADO; FCBM: 230836-3 - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116773", "284")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116773", " APARELHO PARA EXERCICIO, CADEIRA EXTENSORA; FCBM 231230-1 - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>9.200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116775", "285")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116775", " APARELHO LEG PRESS FITA RIGHETTO PR 1078. FCBM: 23405-9. - LOC:  SÃO PAULO/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116774", "286")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116774", " APARELHO PARA EXERCICIO CADEIRA FLEXORA MATRIX; FCBM 231241-1 - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117424", "287")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117424", " APARELHO ELIPTICO RIGHETTO R550, FCBM:  267354-1 - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117425", "288")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117425", " APARELHO ELIPTICO RIGHETTO R550, FCBM: 267355-0 - LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117427", "289")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117427", " APARELHO ELIPTICO RIGHETTO R550, FCBM: 267356-8 - LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117426", "290")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117426", " APARELHO ELIPTICO RIGHETTO R550, FCBM: 267357-6 - LOC. SÃO PAULO/SP             ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117423", "291")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117423", " APARELHO ELIPTICO RIGHETTO R550, FCBM:  267358-4 - LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116127", "400")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116127", "ARQUIVO DESLIZANTE OFC, COMPOSTO DE MÓDULOS CONSTITUÍDOS DE CHAPA DE AÇO, LOC: SÃO PAULO/ SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116125", "450")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116125", "25 UNIDADES POLTRONA ( COR AZUL )-  LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116126", "452")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116126", "COZEDOR DE MASSA ELETRICO 30LTS BF, FCBM 302469-5, LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>460,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116767", "20550")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116767", " 38 POLTRONAS/CADERIAS MOBILIARE. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.910,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116762", "20551")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116762", " 34 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.420,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116766", "20552")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116766", " 24 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.120,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116770", "20553")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116770", " 22 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.860,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116764", "20554")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116764", " 20 POLTRONAS/CADERIAS GIROFLEX. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116768", "20555")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116768", " 20 POLTRONAS/CADERIAS GIROFLEX. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116757", "20556")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116757", " 24 POLTRONAS/CADERIAS MOBILIARE. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.160,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116761", "20557")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116761", " 26 POLTRONAS/CADERIAS MOBILIARE. - LOC.  SÃO PAULO/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.190,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116760", "20558")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116760", " 22 POLTRONAS/CADERIAS MOBILIARE. - LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.010,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>