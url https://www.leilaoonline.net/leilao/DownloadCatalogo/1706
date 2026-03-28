--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115992", "402")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115992", " EMPILHADEIRA CLARK 100 CPM70D, 7t, 2006 - FR 152")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115993", "556")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115993", " EMPILHADEIRA CLARK  C60STD - 8t, 2007  - FR 244")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115998", "563")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115998", " CAMINHÃO VOLVO 12360 - 6X4 EDV - 1997/1998 - FR  142 (CARRETA NÃO FAZ PARTE DO LOTE)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115999", "598")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115999", "GUI. LEVE 1 XCMG QY50K, 50t, 2006 - FR 209")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116000", "731")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116000", "GUI. LEVE 1 XCMG QY50K, 50t, 2006 - FR 208")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115994", "743")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115994", " CAMINHÃO INTERNACIONAL  NAVISTAR/ INTERN 9800 6X4 - 2001/2001 - FR  50")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116001", "785")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116001", "CARRETA LENÇÓIS, 2011 - FR 401")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115995", "788")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115995", " TANQUE RESERVATÓRIO BEATRIZ IMPLEMENTOS  PIPA - 2020")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115996", "794")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115996", " EMPILHADEIRA HYSTER   H155XL2, 7t - 2005 - FR  129")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116002", "806")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116002", "GUI. LEVE 2 XCMG, QY65K, 65t, 2006 - FR 210")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115997", "812")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/115997", " EMPILHADEIRA HYSTER H155XL2, 7t - 2005 - FR 131")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116003", "817")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116003", "GUI. LEVE 2 XCMG, QY65K, 65t, 2006 - FR 201")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>