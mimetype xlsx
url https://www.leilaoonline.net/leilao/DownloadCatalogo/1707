--- v0 (2025-11-29)
+++ v1 (2026-03-28)
@@ -269,4283 +269,3751 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116044", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116044", "veja o vídeo!! PÁ CARREGADEIRA MICHIGAN 75 III.; ANO 1978")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116025", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116025", "veja o vídeo!! ESCAVADEIRA HIDRÁULICA JCB JS 200; ANO 2013; 8535 HORAS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>309.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117829", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117829", "ESCAVADEIRA; MARCA JHON DEERE; MODELO CLD 200")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117760", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117760", "ESCAVADEIRA; MARCA JHON DEERE; MODELO CLC 200")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116026", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116026", "veja o vídeo!! RETROESCAVADEIRA; NEW HOLLAND L90; ANO 2007; 4X2")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>96.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116011", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116011", "PÁ CARREGADEIRA MICHIGAN 75 III; ANO 1980")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>115</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117832", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117832", "ESCAVADEIRA HIDRÁULICA; CASE 240; ANO 2020; 3 MIL HORAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>475.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>25000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116009", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116009", "5 PÁS CARREGADEIRA, VOLVO L90F, CAT 962 G e 962 H")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>196.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117758", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117758", "RETROESCAVADEIRA 4x4 NEW HOLLAND LB90 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>118.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116041", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116041", "veja o vídeo!! RETROESCAVADEIRA VOLVO; MODELO BL60; ANO 2013; 4X4; 3.000 HORAS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>190.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117658", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117658", "veja o vídeo!! MOTONIVELADORA; MARCA XGMA; MODELO XG31651 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117833", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117833", "ESCAVADEIRA CATERPILLAR 320; ANO 2020; HORIMETRO 3200 HORAS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>580.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117834", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117834", "ESCAVADEIRA HYUNDAI 220LC-9 - 2021")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>460.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116084", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116084", "CARRETA REB/FNV FRUEHAUF; PRETA; 1974/1974; PARA 30 MIL LITROS; TODA EM AÇO INÓX; PESO DO TANQUE: 11 TONELADAS; COM DOCUMENTO EM DIA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>39.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116082", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116082", "CARRETA PRETA; 1978/1978; PARA 30 MIL LITROS; TODA EM AÇO INÓX; PESO DO TANQUE: 11 TONELADAS; COM DOCUMENTO EM DIA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>40.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117813", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117813", "CAMINHÃO FORD F 7000; MOTOR PERKIS 6CC - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117804", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117804", "CAMINHÃO MERCEDES BENZ L 608 D; 1977/1977; VERMELHA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117803", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117803", "CAMINHÃO FORD/CARGO 1415; 1987/1987; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117802", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117802", "CAMINHÃO FORD/F4000; 1983/1983; AZUL; DIESEL; MOTOR MWM 229 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117650", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117650", "CAMINHÃO MERCEDES BENZ/L 1113; 1977/1977; AZUL; DIESEL; TURBINADO; HIDRÁULICO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117651", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117651", "CAMINHÃO MERCEDES BENZ/L 2013; 1977/1977; AZUL; DIESEL; TURBINADO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117649", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117649", "CAMINHÃO FIAT/FNM 180; 1974/1974; AZUL; DIESEL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117652", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117652", "CAMINHÃO MERCEDES BENZ/L 1113; 1978/1978; AZUL; DIESEL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117648", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117648", "CAMINHÃO MERCEDES BENZ 608; 1975/1975; LARANJA; DIESEL; CARROCERIA FECHADA/BAÚ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117653", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117653", "CAMINHÃO MERCEDES BENZ 1113; 1969/1969; VERDE; DIESEL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117647", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117647", "veja o vídeo!! CAMINHÃO FORD/CARGO 1933 TL; 2012/2013; BRANCA; DIESEL; CABINE ESTENDIDA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116078", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116078", "veja o vídeo!! ÔNIBUS VW/MASCA GRANFLEX; 2008/2008; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117826", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117826", "CHEVROLET S10 ADV FD2; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 850; CP 119")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117827", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117827", "CHEVROLET S10 ADV FD2; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - FROTA 202; CP 120")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>85.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117828", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117828", "CHEVROLET S10 ADV FD2; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 446; CP 121")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>91.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116046", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116046", "TRATOR VALMET 60; DIREÇÃO HIDRÁULICA; COM CONJUNTO DE RETROESCAVADEIRA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116037", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116037", "TRATOR FORD 8830; ANO 2000; TRAÇADO; HIDRÁULICO TRASEIRO; TOMADA DE FORÇA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116010", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116010", "TRATOR VALMET; MODELO 785; ANO 98")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116047", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116047", "TRATOR CBT 8440; COM DIREÇÃO HIDRÁULICA; ANO 1986")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116032", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116032", "TRATOR FORD 6600; ANO 76")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117709", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117709", "TRATOR MASSEY FERGUSON 299; ANO 1989")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116022", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116022", "TRATOR MASSEY FERGUSSON; MODELO 55X; ANO 1971")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>28.750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116036", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116036", "TRATOR MASSEY FERGUSSON 265; ORIGINAL; ANO APROXIMADO 1978")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>38.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116042", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116042", "veja o vídeo!! TRATOR FORD 6600; COM EQUIPAMENTO DIANTEIRO ADAPTADO PARA PALETEIRA; COMANDO DUPLO; ANO 1982")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>39.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116038", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116038", "CBT 2600; ANO 1984; TRAÇADO; DIREÇÃO HIDRÁULICA; COM COMPRESSOR DE AR PARA ENCHER CILINDROS DE COMANDO; HIDRÁULICO COM PISTÃO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116043", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116043", "veja o vídeo!! TRATOR AGRALE 4300; ANO 1998")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117713", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117713", "TRATOR VALMET 600D; ANO 1968")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116039", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116039", "TRATOR VALMET; MODELO 65 ID.; ANO 78")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116048", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116048", "TRATOR FORD 8 BR; SEM ANO DE IDENTIFICAÇÃO OU PLAQUETA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116045", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116045", "TRATOR MASSEY FERGUSSON 65X; ANO 69/70")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116027", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116027", "TRATOR VALMET 85 ID.; ANO 78")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116024", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116024", "TRATOR VALMET 60 ID.; ANO 1970")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116101", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116101", "FORD MAJOR DEXTRA; ANO INDEFINIDO; SEM PLAQUETA DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116023", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116023", "TRATOR VALMET 62 ID.; CAFEEIRO; ANO 76")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116031", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116031", "TRATOR VALMET MODELO 68; ANO 1982")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116050", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116050", "RECOLHEDORA DE FEIJÃO; MARCA MIAC")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116073", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116073", "TRANSBORDO DE CANA PARA 8 TONELADAS; MARCA ENGEAGRO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116062", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116062", "TRANSBORDO DE CANA PARA 8 TONELADAS; MARCA ENGEAGRO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117836", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117836", "veja o vídeo!! TRATOR FENDT FARMER; ANO 1962; COR VERDE; DIESEL; MOTOR MWM 6113/57B")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117708", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117708", "QUADRICICLO 4X2; MOTOR 250CC.; COM KIT PARA APLICAÇÃO DE HERBICIDA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117707", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117707", "QUADRICICLO 4X2; 250CC. - FUNCIONANDO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116049", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116049", "TRATOR DAMPER; MOTOR À DIESEL; 4X4 REDUZIDO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117759", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117759", "EMPILHADEIRA; MARCA LINDE; MODELO H40T-04; ANO 2005")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117706", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117706", "EMPILHADEIRA HYSTER PARA 2500KG; TORRE PADRÃO - FUNCIONANDO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116051", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116051", "BRITADOR CONE; 120 TS; DESMONTADO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117815", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117815", "BRITADOR DE MANDÍBULA 50/30")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117317", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117317", "REDUTOR PARA MOENDA 84; TODO REVISADO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116294", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116294", "BOMBA SEM USO; MEDIDAS 400 ENTRADA E 350 SAÍDA COM MOTOR DE 650CV")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>157.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116295", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116295", "GERADOR MOTOR SCANIA 375 KVA - FUNCIONANDO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116052", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116052", "MOTOR LIEBHERR DA ESCAVADEIRA; 6 CILINDROS; ANO 2000; COMPLETO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116055", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116055", "veja o vídeo!! MOTOR MERCEDES BENZ; MODELO 1721; COMPLETO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116061", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116061", "MOTOR MWM 229; 6 CILINDROS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116293", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116293", "GERADOR DE ENERGIA 210 KVA; MOTOR CUMIS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116066", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116066", "MOTOR GERADOR MERCEDES BENZ; 4 CILINDROS; 30/40 KVA (ALTERNADOR)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116090", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116090", "MOTOR DE IRRIGAÇÃO; MWM 229; TURBINADO; COM BOMBA KSB 100/3; BLOCO 225; MONTADO COM KITS 229")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116083", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116083", "GERADOR DE ENERGIA  PRA SOLDA; MARCA BAMBOZZI; 375")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.650,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116060", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116060", "MOTOR MWM 229; 6 CILINDROS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116070", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116070", "GERADOR YAMAHA EF 6000 PARTIDA ELÉTRICA E MANUAL; A GASOLINA  4 TEMPOS 11/220 E 12 VOLTS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116063", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116063", "4 BOMBAS DE 400 CV CADA")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116059", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116059", "DUAS BOMBAS 100/7 (KSB E IMBIL) E UMA BOMBA 100/500-2 (IMBIL)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116076", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116076", "CONCHA PARA TRATOR FORD 6600")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116080", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116080", "CONCHA DE HIDRAULICO PARA TRATOR")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116054", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116054", "BRAÇO DE RETRO ESCAVADEIRA PARA MINI CARREGADEIRA")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117705", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117705", "GUINCHO DE BEG; GIRO 90º")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116075", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116075", "RETRO AGRÍCOLA; MARCA IMAP")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116079", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116079", "JETBOOD 5 LUGARES, ANO 2013 ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116085", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116085", "50 TONELADAS DE TUBOS DE 8.10.12.14 POLEGADAS; COMPRIMENTO DE 8 METROS E 12 METROS - VENDA POR KILO")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117800", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117800", "PLANTADEIRA TATU; A VÁCUO; 9 LINHAS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116096", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116096", "GRADE NIVELADORA 44 DISCOS; MANCAL A ÓLEO; MARCA PICCIN")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116098", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116098", "PLANTADEIRA 2 LINHAS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116040", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116040", "GRADE ARADORA DE ARRASTO 14 X 28 POLEGADAS; ANO 2021; ESPESSAMENTO 27CM")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116071", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116071", "PLANTADEIRA 3 LINHAS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117710", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117710", "GRADE NIVELADORA; 32 DISCOS; MARCA PICCIN")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116053", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116053", "2 TRINCHAS DE 2 METROS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116064", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116064", "SERRA DE FITA; PARA FERRO, MADEIRA E OUTROS; COM ACESSÓRIO DE SOLDAR A SERRA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116057", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116057", "CONTAINER MARÍTIMO DE 6M; REVESTIDO PARA ESCRITÓRIO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116124", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116124", "LOTE 08 - CARRETA REBOQUE 4 PNEUS COM 2 BANHEIROS QUÍMICOS MÓVEIS MASCULINO E FEMININO; C/ ÁRMARIO DE FERRO E CAIXA D'ÁGUA INÓX")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117812", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117812", "BAÚ REFRIGERADO; 8M DE COMPRIMENTO; COM GANCHEIRAS PARA FRIGORÍFICO; COM MANGUEIRAS E COMPRESSOR COM SUPORTE PARA MOTOR MERCEDES")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116074", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116074", "SCREIP MADAL DE 3.5 M³")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116058", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116058", "PULVERIZADOR KO PARA 4.000 LITROS")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116089", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116089", "CARRETA PARA TRANSPORTE DE PESSOAS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116056", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116056", "CARRETA PARA TRANSPORTE DE MADEIRA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116100", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116100", "CARROCERIA TOCO (5,70M DE COMPRIMENTO)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116068", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116068", "CARRETA/TANQUE DE ÁGUA")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116069", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116069", "CARRETA 2 RODAS PARA TRATOR")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116097", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116097", "CHARRETE TROLE PARA PONEI")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116099", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116099", "TANQUE DE 2.000L; NA CARRETA; SEM RODAS")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116077", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116077", "CARRETA TANQUE DE ÁGUA DE 4000L; SEM PNEUS")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117839", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117839", "PÁ CARREGADEIRA XGMA 935")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116088", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116088", "COMPRESSOR")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116102", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116102", "CARRETINHA REBOQUE")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116072", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116072", "CABINE AUXILIAR PARA 4 PASSAGEIROS; COM PORTAS LATERAIS E TETO SOLAR")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116067", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116067", "CAPOTA DE FIBRA PARA CAMINHONETE S10; CABINADO SIMPLES")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116095", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116095", "CHOCADEIRA DE OVO DE AVESTRUZ E NASCEDOURO")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116094", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116094", "FOGÃO INDUSTRIAL DE INÓX; COM 4 E 6 BOCAS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116093", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116093", "CADEIRA ELÉTRICA (ODONTOLOGIA, ESTÉTICA E OUTROS); VÁRIAS POSIÇÕES")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116115", "220")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116115", "04 UNIDADES CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116116", "221")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116116", "04 UNIDADES CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116117", "222")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116117", "3 UNIDADES CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116103", "223")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116103", "(LT123) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116104", "224")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116104", "(LT124) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116105", "225")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116105", "(LT125) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116106", "226")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116106", "(LT126) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116107", "227")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116107", "(LT127) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116108", "228")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116108", "(LT128) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116109", "229")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116109", "(LT129) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116110", "230")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116110", "(LT130) UNIDADE CONDENSADORA GREE + EVAPORADORA • 41.000 BTU")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116111", "231")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116111", "(LT131) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116112", "232")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116112", "(LT132) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116113", "233")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116113", "(LT133) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA • 12.000 BTU")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116114", "234")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116114", "(LT134) UNIDADE CONDENSADORA SPRINGER CARRIER + EVAPORADORA • 90.000 BTU")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116118", "235")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116118", "(LT130A) TRANSFORMADOR")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116119", "237")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116119", "(LT137) SECADORECOAIR MOD ED100")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116120", "238")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116120", "(LT138) CORTINA DE AR GREE")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116121", "239")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116121", "(LT139) COMPRESSOR ATLAS COPCO")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...1619 lines deleted...]
-      <c r="F64" s="4" t="inlineStr">
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-[...537 lines deleted...]
-      <c r="F81" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116122", "240")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116122", "(LT140) COMPRESSOR ATLAS COPCO")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-[...527 lines deleted...]
-      <c r="D98" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116123", "241")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116123", "RACK FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E98" s="5" t="inlineStr">
-[...548 lines deleted...]
-      <c r="F115" s="4" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-[...862 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116081", "242")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116081", "AR CONDICIONADO DE JANELA 18.000 BTUS; MARCA SPRINGER; QUENTE E FRIO")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>