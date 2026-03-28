--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116132", "099")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116132", "veja o vídeo!! CHEVROLET/ONIX 1.4AT LTE; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117849", "103")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117849", "veja o vídeo!! I/M. BENZ C200; 2015/2015; PRETA; GASOLINA  - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>100.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116144", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116144", "HONDA/HR-V LX; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>84.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117820", "105")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117820", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 111; CP 155")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116131", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116131", "veja o vídeo!! I/M. BENZ GLK 300; 2010/2011; PRATA; GASOLINA - APROX. 82.260KM - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116143", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116143", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117502", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117502", "veja o vídeo!! VW/T CROSS CL TSI AD; 2021/2021; BRANCA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117818", "109")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117818", "veja o vídeo!! HONDA/CIVIC EXL 2.0 16V I-VTEC; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>86.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117837", "110")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117837", "veja o vídeo!! I/LR RANGE ROVER SPORT TDV6; 2007/2008; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117805", "111")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117805", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 218; CP 92")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116139", "112")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116139", "veja o vídeo!! I/MMC ECLIPSE CR HPESAWD; 2019/2020; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>106.504,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116137", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116137", "veja o vídeo!! NISSAN/LIVINA 16SL; 2009/2010; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117806", "114")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117806", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 93")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>39.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116135", "115")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116135", "HYUNDAI/HB20S 1.0M UNIQ; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>41.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116133", "116")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116133", "veja o vídeo!! I/MERCEDES BENZ C180; 2015/2015; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117761", "117")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117761", "HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>69.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116138", "118")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116138", "veja o vídeo!! VW/VIRTUS CL AD; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116141", "119")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116141", "veja o vídeo!! I/CHEV CRUZE LT NB AT; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>52.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116136", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116136", "veja o vídeo!! NISSAN/LIVINA 18S; 2013/2013; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116140", "121")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116140", "PEUGEOT/HOGGAR XLINE; 2012/2012; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116142", "122")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116142", "CHEV/ONIX PLUS JOY; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116134", "123")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116134", "veja o vídeo!! VW/UP TAKE MA; 2015/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117807", "124")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117807", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 94")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116145", "125")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116145", "veja o vídeo!! IMP/GM ASTRA GLS; 1995/1995; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116155", "126")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116155", "RENAULT/LOGAN EXPR 16 M; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117503", "127")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117503", "veja o vídeo!! VW/GOLF 2.0; 2002/2002; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116157", "128")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116157", "veja o vídeo!! AUDI/A3 1.8T; 2005/2005; PRETA; GASOLINA - FUNCIONANDO -  IPVA 2022 PAGO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117821", "129")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117821", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 358; CP 166")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117816", "130")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117816", "CAMINHÃO FORD CARGO 1722 CN; 2011/2012; BRANCO; DIESEL; COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA A12")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117825", "131")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117825", "veja o vídeo!! FORD/KA SE 1.5 SD B; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117808", "132")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117808", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 329; CP 95")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117824", "133")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117824", "HONDA/XL 700V TRANSALP; 2011/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117817", "134")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117817", "FORD CARGO 1622; 1999/1999; BRANCA; DIESEL - FROTA J04")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116151", "135")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116151", "veja o vídeo!! VW/FUSCA; 1983/1983; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117809", "136")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117809", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 358; CP 96")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116146", "137")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116146", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116148", "138")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116148", "veja o vídeo!! I/HYUNDAI TUCSON GL 20L; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117810", "139")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117810", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 409; CP 98")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116150", "140")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116150", "VW/GOL CL; 1989/1989; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117850", "141")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117850", "VW/SAVEIRO AMBULANC 1.6; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117811", "142")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117811", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 498; CP 100")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117654", "143")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117654", "veja o vídeo!! VW/GOL CL 1.8; 1992/1993; PRATA; ALCOOL; TURBO LEGALIZADO - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117822", "144")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117822", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 678; CP 170")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117838", "145")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117838", "VW FUSCA 1300; 1985/1985; CINZA; ÁLCOOL - FUNCIONANDO - FROTA 636")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116153", "147")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116153", "veja o vídeo!! VW/FUSCA 1600; 1977/1977; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116154", "148")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116154", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117823", "149")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117823", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 758; CP 171")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116149", "150")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116149", "veja o vídeo!! VW/PARATI CL; 1989/1989; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116147", "161")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116147", "VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116156", "235")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116156", "VW/GOL CLI; 1995/1995; BRANCA; GASOLINA  - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>