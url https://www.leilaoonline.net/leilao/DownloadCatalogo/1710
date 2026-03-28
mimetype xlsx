--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116185", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116185", " TRATOR AGRICOLA NEW HOLLAND TT3840 4X4 NH COM CARRETA E ARADO, 1300 HORAS ANO/MOD:  2012 NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116192", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116192", " TRATOR DE ESTEIRA D6DPS  CAT COM RIPPER, RODANTE NOVO ANO/MOD:  1987 NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>141.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116189", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116189", " ROLO COMPACTADOR SP8000HD TEMA TRANSMISSÃO CLARK ANO/MOD:  1988 NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116188", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116188", " ROLO COMPACTADOR CP27 DYNAPAC TRANSMISSÃO CLARK ANO/MOD:  1989 NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116191", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116191", " ESCAVADEIRA HIDRAULICA EC240BLC VOLVO BOMBA NOVA, COM CONCHA E ROMPEDOR ANO/MOD:  2007 NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116186", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116186", " VIBRO ACABADORA DE ASFALTO VDA600 CIFALLI MOTOR NOVO ANO/MOD:  1998 NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116187", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116187", " MINI ESCAVADEIRA BOBCAT 325 BOBCAT ANO/MOD:  2008 NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116190", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116190", " ROLO TANDEN CC43 DYNAPAC OPERACIONAL ANO/MOD:  1990 NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116194", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116194", " ROLO COMPACTADOR SPV68 TEMA LISO COM CAPA PATA ANO/MOD:  1999 NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116193", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116193", " TANQUE PIPA 12000 LITROS NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>