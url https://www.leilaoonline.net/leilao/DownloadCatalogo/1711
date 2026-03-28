--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116286", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116286", " ESCAVADEIRA HIDRAULICA 320CL CATERPILLAR CHASSI:  CAT0320CLSBN02275 NO ESTADO.  FROTA:  10000177 ANO/MOD:  2007 OBS: Motor queimando Óleo, Sistema rodante desgatado, embuchamento irregular para brisa quebrado, vidro inferior frontal faltanto, multiplos amassados na lataria, multiplas avarias na est")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116288", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116288", " PA CARREGADEIRA WA320 KOMATSU CHASSI:  KMTWA028T51B11282 NO ESTADO.  FROTA:  10004378 ANO/MOD:  2010 OBS: Bomba hidraúlica danificada, multiplas corrões na lataria, caçamba danificada, embuchamento danificado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116287", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116287", " MINI CARREGADEIRA S150 BOBCAT CHASSI:  I9990 NO ESTADO.  FROTA:  10006946 ANO/MOD:  2009 OBS: Cilindro hidráulico lado direito com pequeno vazamento de óleo. Comando direcional necessita de reparo apresenta anomalia.Pneu LE traseiro necessita ser substituído. Rodas traseiras faltando alguns parafus")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116290", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116290", " TRATOR DE ESTEIRA D6T CATERPILLAR CHASSI:  GCT02189 NO ESTADO.  FROTA:  10000973 ANO/MOD:  2013 OBS: Sem Transmissão, Motor travado, sem Bomba de Alta, Bicos Injet. Alternador, Motor Partida, Rodante, Todos Pistões, Radiador, Bomba de Transm.,Bomda Hidr., MAIS DETALHES NA SÍNTESE.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116292", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116292", " PA CARREGADEIRA 924H CATERPILLAR CHASSI:  CAT0924HTWLB00687 NO ESTADO.  FROTA:  10000912 ANO/MOD:  2010 OBS: 'EQUIPAMENTO FUNCIONADO MEDIANTE LIMPA CONTATO - NECESSARIO REVISAR BOMBA E BICO INJETORES")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116291", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116291", " RETROESCAVADEIRA 416E CATERPILLAR CHASSI:  CAT0416EVCBD06086 NO ESTADO.  FROTA:  10004773 ANO/MOD:  2010 OBS: 'MOTOR SEM TESTAR, APRESENTANDO VAZAMENTO DE OLEO, SISTEMA ELETRICO SEM FUNCIONAR, SISTEMA DE TRANSMISSÃO NÃO TESTADO, CILINDROS COM CORROSOES, EQUIPAMENTO FALTANDO PEÇAS Nº G4D34394")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116289", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116289", " SUCATA - VOLKSWAGEN KOMBI, ANO/MOD: 2011 / 2012,  PLACA: NYY0489, CHASSI: 9BWMF07X2CP005155. RENAVAM: 335197159.  NO ESTADO.  CERT. De BAIXA ANEXO NA SINTESE.  NO ESTADO.  FROTA:  10001123 OBS: SUCATA - SEM DOCUMENTOS. SOMENTE EMPRESAS DE DESMANCHE CADASTRADAS NO DETRAN PODEM DAR LANCES. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>