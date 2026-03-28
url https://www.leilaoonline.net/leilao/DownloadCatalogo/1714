--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116418", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116418", "[vídeo] Motocicleta Suzuki Bandit 650 injetada; Ano/Modelo: 2009/2009; Cor: Cinza; Obs.: Funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116419", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116419", "GM Blazer 2.2 MPFI Gasolina, Ano/Modelo: 2000/2000; Cor: Azul; ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116420", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116420", "Caminhão MB L1113; Ano/Modelo: 1971/1971; Cor: Azul; Placa: GKV-3C49; Chassi: 34403314012084; Renavam: 261451421")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116422", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116422", "Container 12 metros, c/ teto aberto")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116423", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116423", "Pneus diversos")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...126 lines deleted...]
-      </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116424", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116424", "Garra sucateira")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>