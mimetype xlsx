--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117432", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117432", " MÁQUINA PARA AQUECIMENTO DE ÁGUA QUENTUXA 25 LITROS LIGANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117444", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117444", " MÁQUINA PARA AQUECIMENTO DE ÁGUA QUENTUXA 25 LITROS LIGANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117436", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117436", " FILTRO DE ÁGUA NATURAL E GELADA SOFT PLUS 110 VTS LIGANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117447", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117447", " FILTRO DE ÁGUA NATURAL E GELADA SOFT PLUS 110 VTS LIGANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117438", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117438", " FILTRO DE ÁGAUA NATURAL E GELADA SOFT PLUS 110 VTS LIGANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117446", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117446", " FILTRO DE ÁGUA NATURAL E GELADA SOLFT PLUS 110 VTS LIGANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117439", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117439", " MÓDULO SCHNEIDER ELECTRIC MODELO SYPM10KS2 - ligando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117434", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117434", " lote com: 10 unidades de TORRE FORTNET 40C  FIREWALL DE INTERFACE ADEQUADO PARA VPN")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117440", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117440", " lote com: 10 unidades de TORRE FORTNET 40C  FIREWALL DE INTERFACE ADEQUADO PARA VPN")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117431", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117431", " lote com: 10 unidades de TORRE FORTNET 40C  FIREWALL DE INTERFACE ADEQUADO PARA VPN")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117437", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117437", " lote com: 10 unidades de TORRE FORTNET 40C  FIREWALL DE INTERFACE ADEQUADO PARA VPN")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117450", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117450", " lote com: 10 unidades de TORRE FORTNET 40C  FIREWALL DE INTERFACE ADEQUADO PARA VPN")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117445", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117445", " lote com: 10 unidades de TORRE FORTNET 40C  FIREWALL DE INTERFACE ADEQUADO PARA VPN")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117448", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117448", " SERVIDOR DELL PRECISION TOWER 3620 - Ligando ( 1 unidade ) ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117428", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117428", " SERVIDOR DELL PRECISION TOWER 3620 - Ligando ( 1 unidade ) ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117435", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117435", " SERVIDOR DELL PRECISION TOWER 3620 - Ligando ( 1 unidade ) ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117443", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117443", " SERVIDOR DELL PRECISION TOWER 3620 - Ligando ( 1 unidade ) ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117430", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117430", " SERVIDOR DELL PRECISION TOWER 3620 - Ligando ( 1 unidade ) ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117429", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117429", " Lote com: 5 unidades de CELULARES ALCATEL ONE TOUCH - Na caixa")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>165,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117441", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117441", " ESTUFA DE SECAGEM E ESTERELIZAÇÃO DE LEO MODELO A2SEX - Ligando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117451", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117451", " CAIXA /SISTEMA DE LAVAGEM DE PEÇAS AUTOMOTIVAS E ETC BIO-CIRCLE - Funcionando ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117442", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117442", " Lote com: 8 uni. MONITORES LCD (FUNCIONANDO)- Sendo: 3 Uni. DE 15' - 3 uni.  DE 17' E 2 uni.  DE 19'")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117433", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117433", " EID READER COM ANTENA XRP2 COM ANTENA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117449", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117449", " Lote com: CENTRAL DE PROTEÇÃO PARA CERCA ELETRICA MODELO EMX 5JX E 2 UNIDADES DE CERCA ELTRICA 36000R")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117878", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117878", "Lote com: 6 coletores de dados Pidion Bip 1300")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...702 lines deleted...]
-      </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117879", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117879", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117880", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117880", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117881", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117881", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117882", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117882", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117883", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117883", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117884", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117884", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117885", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117885", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117886", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117886", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117887", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117887", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117888", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117888", " All-in-One - Positivo - 2GB de memória HD ( funcionando) ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>