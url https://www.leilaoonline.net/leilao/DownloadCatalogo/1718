--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2171 +269,1903 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119306", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119306", "Caldeira de vapor - 5.0G 2002 tipo m3p - 5 toneladas de vapor por hora")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118721", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118721", "Compressor")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118724", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118724", " Tupia")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118723", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118723", " Prensa Hydrauma")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118742", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118742", " Ventoinha - Type D Roto")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118726", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118726", " Conjunto Hidráulico")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118729", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118729", "Desengrosso")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118738", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118738", " Britador de mandíbula - 20 X 15")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118748", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118748", " Plaina - 4 Faces")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118737", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118737", " Bomba com motor ( 2 unidades ) ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118731", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118731", " Prensa com Comando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118741", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118741", " Gerador 250/275 Kva - Motor MWM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118734", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118734", " Britador de mandíbula - 30 X 20")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118730", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118730", " Lote com: 4 unidades de Painéis Elétricos - Sucata")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118740", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118740", " Esteira - 7 metros")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118747", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118747", " Secador Industrial")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118727", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118727", " Parcial de redutor - Aprox. 2.000 Kg - Preço por kg")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>0,20</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118728", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118728", " Sucata - Cabine de Mercedes")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118733", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118733", " Sucata - Cabine de VW")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118743", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118743", " Churumeira com motor a Diesel - Sucata")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118735", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118735", " Tanque Churumeira - Sucata")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118732", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118732", " Plantadeira - Sucata")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118739", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118739", " Máquina agrícola")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118744", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118744", " Aproximadamente 2.500 kg de Cuica de freio")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118722", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118722", " Empilhadeira - Sucata")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118725", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118725", " VW Fusca Baja - Sucata")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118736", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118736", " Citroen Berlingo - Sucata")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118746", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118746", "Lote com - 2 uni. Torre - Sucata - (1 uni. com motor ) ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119296", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119296", "Sucata de Motor Diesel")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119297", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119297", "Moinho")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119299", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119299", "Caixa ZF ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119300", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119300", "Caixa Clark")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119301", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119301", "Bomba")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119304", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119304", "Fiat Uno Mille Economy - 2012/2013")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119305", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119305", "[vídeo] Audi A4 2.0T - 2011/2012 ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119303", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119303", "[vídeo] Retroescavadeira Case 580L - 2007 - 95.125hrs ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119491", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119491", "Caldeira ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119492", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119492", "2 unidades de roda - sem Camara")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119493", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119493", "Aparador ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119494", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119494", "Armário guarda-roupas ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119495", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119495", "Lote com: 5 motores ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119496", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119496", "Cabine Scania")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119659", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119659", "Motor 366 - 1989 - Funcionando")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119660", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119660", "Sucata de Caixa Mercedes mod. G360 - 5 marchas ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119661", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119661", "Eixo dianteiro ( somente eixo ) ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119662", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119662", "Diferencial ( somente diferencial ) ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119663", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119663", "Sucata de Cabine de L200 ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119664", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119664", "Jet Ski - Kawasaki Xi - 1995")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119665", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119665", "Trator de esteira D4E 1988 - Desmontada ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120358", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120358", "[vídeo] Painel de teste hidráulico.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120911", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120911", "Caçamba Basculante")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120912", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120912", "Engenho de Cana - Aproximadamente 3 toneladas")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120913", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120913", "Carrinho de pesar Boi ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120914", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120914", "Aspirador industrial ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120915", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120915", "Máquina de lavar piso ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120916", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120916", "Munck")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120917", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120917", "Máquina de lavar Piso - Advance")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120918", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120918", "Máquina de costura  id.1")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120919", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120919", "Máquina de costura Id. 2")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120920", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120920", "Máquina de costura Id.3")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120921", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120921", "Máquina de costura Id. 4 ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...708 lines deleted...]
-      <c r="F38" s="4" t="inlineStr">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-[...25 lines deleted...]
-      <c r="F39" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120922", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120922", "Máquina de costura Id. 5 ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...89 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120923", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120923", "Máquina de costura - Id. 6")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...281 lines deleted...]
-      <c r="F51" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120924", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120924", "Maquina de costura Id. 7")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-[...89 lines deleted...]
-      <c r="F54" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120925", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120925", "Máquina de costura Id. 8 ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-[...436 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120926", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120926", "Máquina de costura Id. 9 ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
+      <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120927", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120927", "Máquina de costura Id. 10 ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>