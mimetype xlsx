--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8900", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8900", " Aproximadamente 55 garrafas térmicas, 30 camas de solteiro, 3 guarda roupas, 44 suportes de plástico para garrafão de água, 10 jogos de mangueira oxiacetileno, 4 televisores tubo 14”, 3 tanquinhos, 2 geladeiras, 4 notebooks, 3 fax, 2 fogões, 1 bebedouro, diversas cordas.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8896", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8896", "  Aproximadamente 2 bebedouros, 1 fogão, 3 geladeiras, 1 tanquinho, 1 guarda roupa, 3 sofas.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8897", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8897", " Aproximadamente 2 bebedouros, 3 fogões, 2 geladeiras, 1 guarda roupa, 1 mesa p/ copa, 3 tanquinhos.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8899", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8899", " Aproximadamente 3 bebedouros, 1 fogão, 1 geladeira, 2 racks de madeira, 4 guarda roupas, 10 camas de solteiro, 3 sofás, 2 armários de escritório, 9 tanquinhos.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8898", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8898", " Aproximadamente 100 painéis elétricos. Contendo barramentos, disjuntores e fiação.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8964", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8964", "Materiais de Informática: baterias, HD's, estabilizadores, fontes, impressoras, microcomputadores, etc")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>