--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2107 +269,1847 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118532", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118532", " [ LOTE ÚNICO ] Aprox. 1.020.000 QUILOS de LOTE DE PEÇAS E COMPONENTES PARA EQUIPAMENTOS CATERPILLAR / KOMASTU / CASE / VOLVO E OUTROS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118533", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118533", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de COROAS DE GIRO CATERPILLAR / KOMATSU / HYUNDAI / VOLVO E OUTROS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118544", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118544", " [ LANCES POR KG ][ VÍDEO ] Aprox. 15.000 KG de SAPATAS E MATERIAIS DE DESGATES CATERPILLAR/KOMATSU/HYUNDAI E OUTROS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118538", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118538", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de MATERIAL ELETRICOS TOMADAS, DIJUNTORES, CHAVES START E OUTROS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118535", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118535", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de CAPA SECAS, PTO e VOLANTE DE MOTORES CATERPILLAR/KOMATSU/ E OUTROS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118529", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118529", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de CONVERSORES DE TORQUE CATERPILLAR/ KOMATSU/CASE/VOLVO E OUTROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6,50</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118546", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118546", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de TRANSMISSÕES PA CARREGADEIRAS, MOTONIVELADORAS E ROLOS COMPACTADORES")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118539", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118539", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de TRANSMISSÕES TRATOR ESTEIRA MOTOSCRAPER")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118545", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118545", " [ LANCES POR KG ][ VÍDEOS ] Aprox. 10.000 KG de RADIADORES LEVE")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118528", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118528", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de RADIADORES PESADOS COM MÁSCARAS E PROTETORES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118549", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118549", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de MOTORES PARCIAS CATERPILLAR, CUMMINS, MERCEDES, SCANIA, VOLVO E OUTROS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118542", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118542", " [ LANCES POR KG ][ VÍDEO ] Aprox. 8.000 KG de VIRABREQUINS E COMANDOS DE VÁLVULAS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118543", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118543", " [ LANCES POR KG ] Aprox. 15.000 KG de MOTORES CATERPILLAR, VOLVO, CUMMINS, SCANIA E OUTROS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>12,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118531", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118531", " [ LANCES POR KG ] Aprox. 15.000 KG de MATERIAL INDUSTRIAL")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118550", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118550", " [ LANCES POR KG ] Aprox. 10.000 KG de BLOCOS PARA MOTORES")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118547", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118547", " [ LANCES POR KG ] Aprox. 10.000 KG de CABECOTES PARA MOTORES")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118540", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118540", " [ LANCES POR KG ][ VÍDEO ] Aprox. 4.000 KG de CARTER DE OLEO PARA MOTORES")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118530", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118530", " [ LANCES POR KG ] Aprox. 15.000 KG de RODAS PARA EQUIPAMENTOS DIVEROS AROS DE 16 A 25")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118536", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118536", " [ LANCES POR KG ] Aprox. 5.000 KG de BOMBAS HIDRAULICAS DIVERSAS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118548", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118548", " [ LANCES POR KG ] Aprox. 2.000 KG de BOMBAS INJETORAS DIVERSAS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118537", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118537", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de COMANDO FINAL PARA TRATORES DE ESTEIRAS FILEIRA 1")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118525", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118525", " [ LANCES POR KG ] Aprox. 20.000 KG de COMANDO FINAL PARA TRATORES DE ESTEIRAS FILEIRA 2")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118541", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118541", " [ LANCES POR KG ] Aprox. 15.000 KG de COMANDOS HIDRALICOS DIVERSOS FILEIRA 1")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118534", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118534", " [ LANCES POR KG ] Aprox. 15.000 KG de COMANDOS HIDRALICOS DIVERSOS FILEIRA 2")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118526", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118526", " [ LANCES POR KG ] Aprox. 20.000 KG de REDUTORES DE TRAÇÃO COM MOTORES HIDRAULICOS PARA ESCAVADEIRAS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118527", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118527", " [ LANCES POR KG ] Aprox. 10.000 KG de BOMBAS HIDRAULICAS E SWIVER PARA ESCAVADEIRAS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118551", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118551", " [ LANCES POR KG ][ VÍDEOS ] Aprox. 10.000 KG de ESCAPAMENTOS E CARCAÇAS PARA PRE FILTROS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118552", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118552", " [ LANCES POR KG ][ VÍDEO ] Aprox. 60.000 KG de PINOS, BUCHAS E PARAFUSOS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118553", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118553", " [ LANCES POR KG ][ VÍDEO ] Aprox. 12.000 KG de PISTÕES HIDRÁULICOS (FILEIRA 1)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118555", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118555", " [ LANCES POR KG ][ VÍDEOS ] Aprox. 30.000 KG de PISTÕES HIDRÁULICOS (FILEIRA 2)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118556", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118556", " [ LANCES POR KG ][ VÍDEO ] Aprox. 25.000 KG de PISTÕES HIDRÁULICOS (FILEIRA 3)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118557", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118557", " [ LANCES POR KG ][ VÍDEO ] Aprox. 30.000 KG de PISTÕES HIDRÁULICOS (FILEIRA 4)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118554", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118554", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de TANQUES PARA EQUIPAMENTOS EM GERAL TANQUES HIDRAULICOS E COMBUSTIVEL. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118560", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118560", " [ LANCES POR KG ] Aprox. 20.000 KG de CABINES PARA EQUIPAMENTOS FILEIRA 1")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118559", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118559", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de CABINES PARA EQUIPAMENTOS (FILEIRA 2)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118561", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118561", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de CABINES PARA EQUIPAMENTOS FILEIRA 3")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118564", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118564", " [ LANCES POR KG ][ VÍDEO ] Aprox. 20.000 KG de LATARIAS PARA ESCAVADEIRAS, PÁ CARREGADEIRAS, TRATOR DE ESTEIRAS E OUTROS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118562", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118562", " [ LANCES POR KG ][ VÍDEO ] Aprox. 2.000 KG de CARDANS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118558", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118558", " [ LANCES POR KG ][ VÍDEO ]  Aprox. 20.000 KG de BIELAS, H, ARTICULADORES E OUTROS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118563", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118563", " [ LANCES POR KG ][ VÍDEO ] Aprox. 30.000 KG de DIFERENCIAS PARA PÁ CARREGADEIRAS VARIAS MARCAS (FILEIRA 1)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118565", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118565", " [ LANCES POR KG ][ VÍDEO ] Aprox. 30.000 KG de DIFERENCIAS PARA PÁ CARREGADEIRAS VÁRIAS MARCAS (FILEIRA 2)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118569", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118569", " [ LANCES POR KG ] Aprox. 20.000 KG de PECAS PARA DIFERENCIAL E COMANDO FINAL MOTONIVELADORA CATERPILLAR 120H")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118566", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118566", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de PECAS PARA DIFERENCIAL  ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118567", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118567", " [ LANCES POR KG ][ VÍDEO ] Aprox. 30.000 KG de ROLETES PARA EQUIPAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118571", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118571", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de Pneus, Câmaras e Protetores. ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118568", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118568", " [ LANCES POR KG ][ VÍDEO ] Aprox. 3.000 KG de Bancos e assentos")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118570", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118570", " [ LANCES POR KG ][ VÍDEO ] Aprox. 3.000 KG de FILTROS ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119460", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119460", " [ LANCES POR KG ] Aprox. 1.500 KG de COLUNAS, CAIXAS DE DIREÇÃO E VOLANTE")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119464", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119464", " [ LANCES POR KG ] Aprox. 25.000 KG de CAÇAMBAS E CONCHAS PARA PÁ CARREGADEIRAS E ESCAVADEIRAS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119463", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119463", " [ LANCES POR KG ][ VÍDEO ] Aprox. 12.000 KG de H PARA PÁ CARREGADEIRAS E RETROESCAVADEIRAS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119462", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119462", " [ LANCES POR KG ] Aprox. 10.000 KG de LÂMINAS E U PARA TRATORES DE ESTEIRA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1,60</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119465", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119465", " [ LANCES POR KG ][ VÍDEO ] Aprox. 30.000 KG de TANDEM, EIXOS, TRANSMISSÕES E CIRCULOS PARA MOTONIVELADORAS CATERPILLAR E HUBER")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...137 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119461", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119461", " [ LANCES POR KG ][ VÍDEO ] Aprox. 5.000 KG de MATERIAS DIVERSOS PARA LIMPEZA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...95 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119466", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119466", " [ LANCES POR KG ] Aprox. 3.000 KG de TORRES COM E SEM PISTÕES PARA EMPILHADEIRAS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1,60</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119469", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119469", " [ LANCES POR KG ] Aprox. 5.000 KG de CHAPAS DE 1,5 A 4 POL")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1,60</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119470", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119470", " [ LANCES POR KG ][ VÍDEO ] Aprox. 10.000 KG de ESTEIRAS PARA TRATORES DE ESTEIRA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1,60</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119467", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119467", " [ LANCES POR KG ][ VÍDEO ] Aprox. 15.000 KG de TRUCK, RABICHOS, MOLAS E BALANÇAS PARA TRATORES E ESCAVADEIRAS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1,60</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119468", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119468", " [ LANCES POR KG ][ VÍDEO ] Aprox. 2.000 KG de PATOLAS ESTABILIZADORAS PARA RETROESCAVADEIRAS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1,60</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119471", "058")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119471", " [ LANCES POR KG ][ VÍDEO ] Aprox. 8.000 KG de RODAS GUIAS PARA TRATORES DE ESTEIRA E ESCAVADEIRAS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119472", "059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119472", " [ LANCES POR KG ] Aprox. 5.000 KG de POLIAS DIVERSAS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119473", "060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119473", " [ LANCES POR KG ][ VÍDEO ] Aprox. 35.000 KG de CONTEÚDOS DA PRATELEIRA 1 PECAS DIVERSAS CATERPILLAR, RANDON, VOLVO E OUTROS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119474", "061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119474", " [ LANCES POR KG ][ VÍDEO ] Aprox. 35.000 KG de CONTEÚDOS DA PRATELEIRA 2 PEÇAS DIVERSAS CATERPILLAR, RANDON, VOLVO E OUTROS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119475", "062")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119475", " [ LANCES POR KG ][ VÍDEO ] Aprox. 45.000 KG de CONTEÚDOS DA PRATELEIRA 3 PEÇAS DIVERSAS CATERPILLAR, RANDON, VOLVO E OUTROS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120833", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120833", "[ LANCES POR KG ] RIPPERS DIVERSOS. APROX 5.000 quilos ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...1470 lines deleted...]
-      </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120942", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120942", "[ LANCES POR KG ][ VÍDEOS ] EMPILHADEIRAS YALE DE 2,5 T, 4,0 T E 7,0 T. APROX. 20.000 QUILOS")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>