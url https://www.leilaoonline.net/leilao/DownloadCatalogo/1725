--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118249", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118249", "Toyota Bandeirante. Ano 1979/1979. Diesel ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116932", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116932", " Trator Valtra mod. BH-180 ano 2012 - c/ climatizador/revisado câmbio /revisado motor/pintura nova")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116904", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116904", " Iveco Fiat Daily 3510. Ano 2002 (pneus diant. Michelin seminovos)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116939", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116939", " Trator John Deere mod. 6165J ano 2011 -4 pneus ressolados novos/ pintura nova/ funcionado")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116950", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116950", " Trator John Deere mod. 6180J ano 2012 - pintura nova/funcionando")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117869", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117869", "[ VÍDEOS ] FORD CARGO 1617 ANO 1995/1995 - Guicho plataforma fixa.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117870", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117870", "FORD F 14000 HD ANO 1995/1995. COM BOMBA PUTZMEISTER 1406 ANO 2005")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117871", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117871", "BOMBA SCHWING BPL 250 ANO 2000")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116947", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116947", " 24 pesos de trator Massey Ferguson linha 700 - 42kg cada")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116954", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116954", " 12 pesos de trator Massey Ferguson linha 700 - 96kg cada")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118251", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118251", "Plantadeira Jumil mod. 2880. Ano 2002")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116956", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116956", "Trator Valtra mod.BH-180. Ano 2006. Traçado. Ar condicionado. Funcionando. Operacional.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116889", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116889", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116958", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116958", "Alongadores Valtra")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116871", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116871", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116960", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116960", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118252", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118252", "19 Cardans  para Axor (sem uso)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118253", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118253", "LT de peças de máquinas: pino, grampos, 2 rodas e outros")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116899", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116899", "Caminhão M. Benz L 2325. Ano 1992/1992 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118521", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118521", "Caminhão Mercedes Benz L1318 . Ano 2007/2008. Munck com baú suplementar e carroceria Borracheira")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>139.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118522", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118522", "[ VÍDEO ] Trator Massey Ferguson Mod 95X tração 4x2 - Equipamento parou trabalhando. Ano não identificado")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116873", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116873", "Redutor hidráulico")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...52 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116876", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116876", " 02 tanques Plásticos DM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116875", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116875", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116923", "035")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116923", " Mercedes Benz Actros 4844K. 8x4. Ano 2014.  Aut. Freio retarder")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116910", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116910", " Scania T 112 HW. 4x2. Ano 1990")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>80.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116914", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116914", " Volvo FH 540 6x4 T. Ano 2013")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116920", "041")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116920", "[ VÍDEO ] Ônibus Scania Induscar Apache U. Ano 2010. Carroceria Caio. Motor Scania. Possui elevador para deficientes")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116882", "042")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116882", " Tanque de água para caminhao 3/4. Capacidade 3 mil litros. Ano 2013")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116877", "045")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116877", " Carroceria borracheira Gascom. Ano 2015")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116880", "046")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116880", " Tanque marca Tankar. Capac. 15 mil litros. 3 bocas. Ano 2009")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116878", "049")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116878", " Carroceria borracheira Gascom. Ano 2014")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116869", "054")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116869", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116891", "055")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116891", "Base estacionária com tanque de 20 mil litros sem uso com bomba registrado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...958 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116895", "056")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/116895", "Lotes de 4 Pneus com rodas  Medida 600/50-22.5")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>