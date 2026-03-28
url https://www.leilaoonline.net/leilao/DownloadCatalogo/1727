--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117400", "19217")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117400", " Cutter a vacuo;550l;seydelmann/k5 B2:B2504 dc6. - loc: Barretos/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117414", "19218")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117414", " Detector de metal Haarslev - loc: Barretos/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117419", "19219")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117419", " Compressor ar- loc: Barretos/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117417", "19220")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117417", " Tanque aço c/ carretinha- loc: Barretos/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117420", "19221")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117420", " Autoclave ns s2147- loc: Barretos/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117421", "19222")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117421", " Autoclave ns s2146- loc: Barretos/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117415", "19223")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117415", " Túnel de encolhimento weldotron- loc: Barretos/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117422", "19224")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117422", " Estufa Arprotec- loc: Barretos/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117412", "19225")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117412", " 26 Cestos de Aço Inox - loc: Barretos/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117413", "19226")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117413", " Embutidora incomaf at 21/0047 nf 93095 - loc: Barretos/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117404", "19227")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117404", " Compressor de ar comprimido - loc:Barretos/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117409", "19228")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117409", " 2 Plataforma elevatoria;mesa pantogr;500kg;eixomaq/mh r500, 1 Plataforma elevatoria;mesa pantogr;2000kg;eixomaq/mhebe200 - loc:Barretos/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117407", "19229")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117407", " Tanque Aço Inox - loc: Barretos/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117403", "19231")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117403", " Autoclave horizontal em aco inox - loc: Barretos/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117402", "19232")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117402", " Empilhadeira Hyster - loc: Barretos/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117418", "19233")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117418", " Transpaleteira hyster- loc: Barretos/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117410", "19234")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117410", " Empilhadeira Clark - loc: Barretos/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117416", "19235")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117416", " Empilhadeira Clark- loc: Barretos/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117408", "19237")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117408", " 1 Plaina de carpi. 1 Serra circ. de mesa para carpi. 1 Fresa de carpi. 1 Equipamento de Carpi. (serra) - loc: Barretos/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117406", "19238")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117406", " 2 Moedores de Carne. - loc: Barretos/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117411", "19239")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117411", " Moedor carne seydelmann/ag 160- loc: Barretos/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117401", "19240")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117401", " Caldeira biochamm mod bgv 25000 - loc: Barretos/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117405", "19241")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117405", " Caldeira a lenha meppan, mod: mzc 133-854 - loc: Barretos/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>