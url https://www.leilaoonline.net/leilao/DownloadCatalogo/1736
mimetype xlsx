--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117852", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117852", "ENVASADORA/TAMPADORA AUTOMÁTICA P/DETERGENTE M/SERAC, ENVASE 16 BICOS, FECHADORA 8 BICOS. ACOMPANHA ALIMENTADORA DE TAMPA. - LOC. LINS/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117853", "016")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117853", "ROTULADEIRA AUTOMÁTICA M/KRONES MOD. CANMATIC. - LOC: LINS/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117854", "017")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117854", "DETECTOR DE METAL M/DWA MOD. DSP TURBO II, SOBRE ESTEIRA. (AF. 167072). - LOC: LINS/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117855", "018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117855", "TÚNEL DE ENCOLHIMENTO M/WELDOTRON MOD. 7121 LG. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117856", "019")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117856", "ESTEIRA MULTIPLICADORA DE FILEIRA M/MASIPACK, C/CORREIA 600 MM (L) - LOC: LINS/SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117857", "025")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117857", "02 TANQUES CILÍNDRICOS VERTICAIS EM PLÁSTICO, CAPAC. 1,4 M³ E 2,7 M³. (AFS. 509926-507080) - LOC: LINS/SP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117858", "026")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117858", "03 TANQUES FILTRO DE CARVÃO EM AÇO CARBONO P/TRATAMENTO DE ÁGUA. ACOMPANHA MOTOBOMBA CENTRÍFUGA. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117860", "027")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117860", "TANQUE CILÍNDRICO HORIZONTAL EM AÇO CARBONO, CAPAC. 20 M³, P/ÓLEO BPF. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117861", "028")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117861", "TANQUE CILÍNDRICO HORIZONTAL EM AÇO CARBONO, CAPAC. 20 M³, P/ÓLEO BPF - LOC. LINS/SP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117862", "030")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117862", "441 ITENS - 46 GRAMPO U;3/4POL;C/ PORCA/ARRUELA, 2 GRAMPO U;3/4POL;C/ PORCA/ARRUELA E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117863", "031")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117863", "318 ITENS - 26 ANEIS ELASTICOS;EIXO;32X1,50MM;ACO MOLA FOSFAT, 3 VALVULA CJ;ATLAS COPCO/2901007200 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.850,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117864", "032")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117864", "417 ITENS - 13 GUIA;DA EMBRULHADEIRA BINACCHI,MOD BSW550; 15 PERNO;BINACCHI E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117867", "033")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117867", "446 ITENS - 14 MOLAS ;BOSCH/8102200642, 17 MESA;DA EMBALADORA BOSCH;MOD FLOWPACK 203 E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117868", "034")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117868", "562 ITENS - DISPLAY;CAMPAK/32552161, CORRENTE;CAMPAK/40700457 E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117872", "035")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117872", "347 ITENS - FACA;CYKLOP/02219204700, RODA;CYKLOP/05313009100 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117873", "036")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117873", "5.300 ITENS - HELICE VENTILADORA 8", RESIS TUBOLAR INOX 220V 500W E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. LINS/SP")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117874", "037")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117874", "512 ITENS - MOLA;FABRIMA/700630, SENSOR;FABRIMA/100687 E OUTROS, VEJA DECRITIVO DE ITENS. - LOC. LINS/SP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117875", "038")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117875", "315 ITENS - FACA EMPACOTADORA IMA;MOD 3711LMHS, MOLA;IMA/B40117 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...410 lines deleted...]
-      <c r="A27" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117876", "039")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117876", "597 ITENS - JUNTA;NETZSCH/NDB4929825, ROTOR;NETZSCH/874668 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC: LINS/SP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="B27" s="4" t="inlineStr">
-[...77 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117877", "040")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/117877", "148 ITENS - TAMPAO;SEW/106925, RETENTOR;SEW/177571 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>