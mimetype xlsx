--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118576", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118576", " Mini carregadeira case SR 200 Case ano 2012, motor reparado em concessionária. No estado em que se encontra. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118577", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118577", "[ VÍDEO ] Pá Carregadeira 721 E ano 2012.  Operacional, revisões feitas. No estado que se encontra.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118580", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118580", " Manipulador Telescópio Manitou MXT 1740 ano 2013. No estado que se encontra ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118578", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118578", " Escavadeira komatsu, ano 1999, revisada, com eletrônica original, operacional, motor Cummins totalmente reparado; No estado que se encontra.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>126.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118579", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118579", " Escavadeira Komatsu ano 1998, motor MwM x10, operacional, no estado que se encontra.  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118581", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118581", " 06 peças novas de almoxarifado Case para retrós e pá mecânica, peças para rolo compactador Dinapac e outras. No estado que se encontra.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118582", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118582", " Motor, caixa de marcha e diferencial do fora de estrada R 22 terex ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>