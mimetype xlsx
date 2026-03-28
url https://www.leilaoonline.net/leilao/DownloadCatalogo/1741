--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118071", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118071", " Aprox.20 eletroportáteis e utilidades")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118052", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118052", " Aprox.30 pacotes de volumes de moveis")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119225", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119225", " Sucata Aprox.10 ferramentas elétricas")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118045", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118045", " Caixa registradora Argus anos 70. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118072", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118072", " Motosserra")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118068", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118068", " Motosserra")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119228", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119228", " Sucata Aprox.10 ferramentas elétricas")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119227", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119227", " Sucata Aprox.10 ferramentas elétricas")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119229", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119229", " Sucata Aprox.10 ferramentas elétricas")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119226", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119226", " Sucata Aprox.10 ferramentas elétricas")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118063", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118063", " 10 microondas /fornos")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118056", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118056", " 5 lavadoras")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118069", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118069", " 5 lavadoras")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118065", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118065", " Amassadeira rápida")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118053", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118053", " Serra Fita")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118061", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118061", " Sucata de coolers aprox.9")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118075", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118075", " 50 motores de refrigeração variados")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118074", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118074", " 50 motores de refrigeração variados")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118077", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118077", " 50 motores de refrigeração variados")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119230", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119230", " Sucata 3 controladores de vazão")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118076", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118076", " Ar condicionado 48.000 Btu´s")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118078", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118078", " Compressor de ar")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118051", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118051", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118062", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118062", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118057", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118057", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118070", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118070", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118055", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118055", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118067", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118067", " Ultra congelador 220 v total de 32 prateleiras fixas")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118059", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118059", " 10 climatizadoras 220 v")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118060", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118060", " Cafeteira Delonghy -110 v")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119232", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119232", " Sucata -1 pressurizador")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118054", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118054", " Cafeteira com vaporizador de leite Delonghy 110 v")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118064", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118064", " Junker-15,5 l/h")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118066", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118066", " Junker-15,5 l/h")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118079", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118079", " 6 Motores de cortador de grama")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118082", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118082", " Motor e redutora")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118080", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118080", " Motor e redutora")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118081", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118081", " Aprox.50 peças de carburadores de roçadeiras")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119231", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119231", " Sucata -3 bombas")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118084", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118084", " Partes e peças de cortadores de grama")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118083", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118083", " Bebedouro")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118085", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118085", " Mesa e cadeiras")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118086", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118086", " Frigobar funcionando 220voltz")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119236", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119236", " Sucata -2 aspiradores e carregador de bateria")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119233", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119233", " Sucata - Máquina para gesso")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119234", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119234", " Sucata - 3 compressores")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119235", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119235", " 01 Motor e 1 mancal")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119237", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119237", " Sucata de ar condicionado")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119238", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119238", " Sucata lâmpadas solar para jardim aprox.12 peças")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119240", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119240", " Sucata lâmpadas solar para jardim aprox.12 peças")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119239", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119239", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119241", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119241", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119242", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119242", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119243", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119243", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119246", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119246", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119244", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119244", " Portão 2.20 altura x2.40 largura")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119245", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119245", " Cortador de grama 220v funcionando")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119247", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119247", " Umidificador e fritadeira")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119248", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119248", " Aprox. 1.000 unidades de rolamentos usados")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119249", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119249", " 01 Junker -15.5 lts")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119502", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119502", "Moedor de carnes  (no estado)")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119503", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119503", "Batedeira com sistema de proteção ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119504", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119504", "Unidade de refrigeração bock 5 hp (no estado sem teste)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119517", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119517", "Compressor de refrigeração Danfoss  Mt 160 (13 hp). Sem uso. Voltagem 380")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118044", "303")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118044", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118040", "311")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118040", " Bomba multi estágios")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118038", "313")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118038", " Prensa 1.75 x 4.00")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118039", "314")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118039", " Moinho de pão inox")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118046", "400")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118046", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118047", "401")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118047", "2 roupas de neopreme longa")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118034", "430")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118034", "Máquina para Madeira")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118036", "432")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118036", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118035", "444")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118035", " Embaladora termo encolhivel 40x40")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118031", "465")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118031", "TURBINA WEG")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118030", "476")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118030", " Desbobinadeira de chapa com caixa de redução")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118033", "480")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118033", " Moinho triturador de cobre e mesa garimpadora ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118032", "481")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118032", " Injetora de poliuretano. Para reparo")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118037", "539")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118037", " Máquina para cortar chapa automática funcionado")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118042", "626")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118042", " Compressor wayne 60 pés")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118041", "627")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118041", " Bomba d’água de pressão")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118043", "634")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118043", " Arqueadora de caixas")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118050", "655")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118050", " 2 Vending Machine")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118049", "656")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118049", " Balcão confeitaria inox")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118048", "658")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118048", " Sucata de Condensadoras")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>