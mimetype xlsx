--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118474", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118474", " CAVALO MECÂNICO MB LS 1634; ANO/MODELO: 2010/2011; DIESEL; PL.: KXR-5B55; CH.: 9BM695053BB760111; RENAVAM: 279817649 NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118477", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118477", " CAMINHÃO FORD CARGO 1722E POLIGUINDASTE; ANO/MODELO: 2009/2010; DIESEL; PL.: IWA-1H22; CH.: 9BFYCE7V7ABB44622; RENAVAM: 184596734; OBS.: COM EQUIPAMENTO POLIGUINDASTE NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>136.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118473", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118473", " CAMINHÃO VW 17190 WORKER POLIGUINDASTE; ANO/MODELO: 2012/2013; DIESEL; PL.: OMS-0577; CH.: 9533E8244DR304295; RENAVAM: 501092625; OBS.: COM EQUIPAMENTO POLINGUIDASTE NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118476", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118476", " CAMINHÃO VW 17190 WORKER POLIGUINDASTE; ANO/MODELO: 2012/2013; DIESEL; PL.: OMS-0657; CH.: 9533E8248DR303053; RENAVAM: 501093699; OBS.: COM EQUIPAMENTO POLIGUINDASTE NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118478", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118478", " CAMINHÃO FORD CARGO 1723 POLIGUINDASTE; ANO/MODELO: 2012/2013; DIESEL; PL.: FGC-3J10; CH.: 9BFYEAHD4DBS20940; RENAVAM: 484165127; OBS.: COM EQUIPAMENTO POLIGUINDASTE NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>148.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118475", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118475", " CAMINHÃO VW 26370 CLM T 6X4 CAÇAMBA BASCULANTE TRAÇADO; ANO/MODELO: 2011/2011; DIESEL; PL.: EJV5E82; CH.: 9535W8277BR138576; RENAVAM: 344527816; OBS.: COM EQUIPAMENTO CAÇAMBA BASCULANTE NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118482", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118482", " CAMINHÃO VOLVO VM 270 4X2R COMPACTADOR DE LIXO; ANO/MODELO: 2013/2013; DIESEL; PL.: IVC-3G00; CH.: 93KK0R1A1DE144590; RENAVAM: 597519803; OBS.: COM EQUIPAMENTO COMPACTADOR DE LIXO NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118479", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118479", " CAMINHÃO VOLVO VM 260 4X2R COMPACTADOR DE LIXO; ANO/MODELO: 2011/2011; DIESEL; PL.: IRT-9F44; CH.: 93KK0E0A4BE126215; RENAVAM: 311343368; OBS.: COM EQUIPAMENTO COMPACTADOR DE LIXO NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118483", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118483", " CAMINHÃO VOLVO VM 260 4X2R COMPACTADOR DE LIXO; ANO/MODELO: 2011/2011; DIESEL; PL.: IRW-0J91; CH.: 93KK0E0A7BE127178; RENAVAM: 324303661; OBS.: COM EQUIPAMENTO COMPACTADOR DE LIXO NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118480", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118480", " CAMINHÃO VW 15180 CNM - COLETA SELETIVA ,  ANO/MODELO: 2008/2009; DIESEL; PL.: CSK-3C14; CH.: 9BW76823X9R901782; RENAVAM: 985738790; NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118484", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118484", " CAMINHÃO FORD CARGO 1722E COMPACTADOR DE LIXO; ANO/MODELO: 2008/2008; DIESEL; PL.: DWN-6H50; CH.: 9BFYCE7V18BB10167; RENAVAM: 963794558; OBS.: COM EQUIPAMENTO COMPACTADOR DE LIXO NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118491", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118491", " ESCAVADEIRA HIDRÁULICA HYUNDAI ROBEX 360LC-7A; ANO: 2011 NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>172.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118486", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118486", " RETRO ESCAVADEIRA JCB 214E; ANO/MODELO: 2012/2012; DIESEL; PL.: ITG-6F16; CH.: 9B9214T64CBDT4093; RENAVAM: 474188906 NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118487", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118487", " RETRO ESCAVADEIRA JCB 3CX 2WS4WD; ANO/MODELO: 2019/2020; DIESEL; PL.: IZU-5A15; CH.: S0R3CXTTPK2910278; RENAVAM: 1217834718 NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118485", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118485", " PÁ CARREGADEIRA XCMG LW300F; ANO 2012 NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118481", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118481", " COMPACTADOR DE LIXO EQUITRAN NO ESTADO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118489", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118489", " COMPACTADOR DE LIXO PLANALTO NO ESTADO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118494", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118494", " COMPACTADOR DE LIXO EQUITRAN NO ESTADO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118490", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118490", " COMPACTADOR DE LIXO USIMECA NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118492", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118492", "CAMINHÃO MB AXOR 1933 PLATAF.; ANO/MODELO: 2009/2009; DIESEL; KM: 35600; PL: NNT3D96 ; CH:  9BM9582079B670111: ; RENAVAM: 00166096318 ; OBS.: COM EQUIP.MUNCK RODOMAQ GHR-25000 E PLATAFORMA DE 6,2 M NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>258.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118493", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118493", "CAVALO MECÂNICO VOLVO FH 540 6X4 T ; ANO/MODELO: 2014/2015; DIESEL; KM: 530550; PLIWF5D21 ,  CH: 9BVAG40D9FE829790; RENAVAM: 01032955390 NO ESTADO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118488", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118488", " RETRO ESCAVADEIRA JCB 214E; ANO/MODELO: 2012/2012; DIESEL;  NO ESTADO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119372", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119372", "CAMINHÃO IVECO / TECTOR 170E22, ANO/MOD: 2013/2014, PLACA: IVJ1G37, CHASSI:  93ZA1RGHOE8924816, RENAVAM: 00997456043. COM COMPACTADOR.  NO ESTADO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>118.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119373", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119373", "CAMINHÃO FORD CARGO 1723, - TRUCADO, ANO/MOD: 2013, PLACA: FLZ4C30, CHASSI: 9BFYEAHD7DBS45251, RENAVAM: 00588374482.COM COMPACTADOR CIMASP.  NO ESTADO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119374", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119374", "CAMINHÃO VOLVO VM270 4X2 R, ANO/MOD: 2019/2020, PLACA: IZT7E57, CHASSI: 93KKOR1A6LE166343, RENAVAM: 01216505923, COM COMPACTADOR PLANALTO.  NO ESTADO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>216.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119376", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119376", "VW SAVEIRO 1.6 CS FLEX, ANO/MOD: 2012/2013, PLACA:FINAL:   09,. NO ESTADO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119377", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119377", "VW SAVEIRO CE TL MB, ANO/MOD: 2014/2015, PLACA: FINAL: 85. NO ESTADO. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119487", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119487", "CAMINHÃO VW 8.160 DRC 4X2, ANO/MOD: 2014/2015, PLACA: IWJ2924, CHASSI: 9531M52P2FR500886. RENAVAM: 01039976864. - Caminhão Coleta Seletiva NO ESTADO ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119488", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119488", "CAMINHÃO FORD CARGO 1722 E, ANO/MOD: 2007, PLACA: EBH9C48,  CHASSI:  9BFYCE7VX7BB96027, RENAVAM: 00945774737, COM EQUIPAMENTO COMPACTADOR DE LIXO NO ESTADO ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119489", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119489", "FIAT STRADA WORKING, ANO/MOD: 2015, PLACA: FINAL:  65,   NO ESTADO ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...420 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...446 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119490", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119490", "CAMINHÃO VOLVO VM270 4X2 R, ANO/MOD: 2019/2020, PLACA: IZT3H93 CHASSI: 93KKOR163LEI66300, RENAVAM: 01215848690. , COM COMPACTADOR  NO ESTADO.")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>