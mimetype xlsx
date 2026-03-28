--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3355 +269,2939 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118180", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118180", " HONDA/CG 150 FAN ESI")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118158", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118158", " HONDA/CG 125 TITAN KS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.850,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118179", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118179", " HONDA/CG 125 TITAN KS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118162", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118162", " HONDA/CG 150 TITAN KS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118159", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118159", " HONDA/CG 150 TITAN KS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118164", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118164", " HONDA/CG 150 FAN ESDI")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118161", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118161", " HONDA/CG 125 TITAN")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118181", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118181", " /MOTO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118173", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118173", " HONDA/CG 125 TITAN")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>370,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118174", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118174", " HONDA/CG 125 FAN")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118183", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118183", " /MOTO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118132", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118132", " /MOTO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118137", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118137", " /MOTO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118184", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118184", " HONDA/CG 125 TITAN KS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118143", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118143", " HONDA/C100 BIZ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118134", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118134", " HONDA/CG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118190", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118190", " HONDA/CG 125 TITAN")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118144", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118144", " YAMAHA/DT 200")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118133", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118133", " /MOTO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118141", "029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118141", " HONDA/HONDA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118135", "030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118135", " /MOTO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118185", "032")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118185", " /MOTO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118140", "033")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118140", " /MOTO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118146", "034")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118146", " YAMAHA/YAMAHA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118192", "036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118192", " HONDA/CG 125 TITAN KS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118187", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118187", " HONDA/CG 125 TITAN KS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118147", "038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118147", " /MOTO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118188", "039")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118188", " SUZUKI/EN125 YES")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>195,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118186", "040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118186", " HONDA/CG 125 TITAN")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118196", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118196", " HONDA/CG 125")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118198", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118198", " HONDA/HONDA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>310,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118145", "044")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118145", " /MOTO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118150", "046")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118150", " /MOTO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118189", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118189", " HONDA/CG 125 TITAN  KS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118152", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118152", " /MOTO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118154", "051")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118154", " /MOTO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118148", "052")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118148", " /MOTO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118142", "053")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118142", " HONDA/HONDA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118199", "054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118199", " SUZUKI/SUZUKI")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118149", "056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118149", " /MOTO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118201", "058")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118201", " /MOTO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118197", "059")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118197", " /MOTO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118163", "060")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118163", " VW/GOL 16V")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118165", "061")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118165", " FORD/FIESTA FLEX")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118195", "062")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118195", " VW/PARATI CL")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118191", "063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118191", " FIAT/UNO MILLE FIRE FLEX")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118166", "064")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118166", " VW/GOL CLI")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118194", "065")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118194", " VW/POLO 1.6")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.850,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118193", "066")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118193", " VW/GOLF GL")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118175", "067")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118175", " GM/CELTA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118176", "070")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118176", " VW/GOL 1.0")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>11.800,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118167", "073")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118167", " FORD/FIESTA SEDAN FLEX")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118138", "081")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118138", " VW/GOL BX")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118139", "082")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118139", " /CARRO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118136", "083")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118136", " /QUEIMADO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118153", "084")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118153", " /CARRO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118200", "085")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118200", " VW/SAVEIRO 1.6 SUPERSURF")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118202", "086")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118202", " VW/SAVEIRO S")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118151", "089")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118151", " GM/MONZA  SL/E")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118203", "091")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118203", " FIAT/UNO CS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118206", "093")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118206", " VW/GOL 16V PLUS")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118207", "094")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118207", " HONDA/CIVIC LX")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.520,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118204", "095")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118204", " RENAULT/CLIO RL 1.0")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.020,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118209", "096")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118209", " VW/GOL 16V PLUS")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>880,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118211", "097")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118211", " GM/CORSA WIND")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118210", "098")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118210", " FORD/MONDEO CLX FD")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118205", "101")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118205", " RENAULT/SCENIC RXE 2.0")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118208", "102")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118208", " VW/GOL CL")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118213", "105")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118213", " VW/VOLKSWAGEN")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118217", "109")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118217", " FIAT/PALIO FIRE ECONOMY")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.970,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118155", "110")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118155", " /CARRO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118215", "111")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118215", " VW/FOX 1.0")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>970,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118157", "113")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118157", " FIAT/PALIO YOUNG")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118216", "115")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118216", " VW/GOL")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118156", "116")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118156", " VW/SAVEIRO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118212", "118")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118212", " VW/GOL 1.0 GIV")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118222", "122")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118222", " /CHEVETTE")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118219", "123")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118219", " VW/GOL 16V")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118221", "124")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118221", " GM/CHEVETTE")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118214", "125")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118214", " FIAT/TEMPRA SX")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118218", "130")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118218", " FORD/ESCORT GL")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118226", "132")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118226", " FORD/CORCEL II")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118220", "133")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118220", " VW/BRASILIA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>620,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118224", "134")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118224", " /PARATI")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118223", "135")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118223", " VW/PARATI CL")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118229", "136")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118229", " VW/GOL CL")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118232", "137")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118232", " VW/GOL GL 1.8")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>830,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118225", "138")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118225", " VW/BRASILIA")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118230", "139")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118230", " FORD/ESCORT 1.0 HOBBY")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118233", "141")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118233", " GM/KADETT SL/E")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>420,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118235", "143")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118235", " FORD/CORCEL")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118231", "144")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118231", " FIAT/UNO MILLE")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>530,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118178", "151")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118178", " HONDA/CG 125 FAN KS")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118168", "153")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118168", " HONDA/CG 150 TITAN KS")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118177", "154")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118177", " HONDA/CG 150 TITAN KS")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118227", "155")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118227", " HONDA/CG 125 FAN")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>720,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118171", "157")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118171", " HONDA/CG 125 FAN KS")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118228", "159")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118228", " HONDA/CG 125 TODAY")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>720,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118169", "160")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118169", " HONDA/CB 300R")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118234", "161")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118234", " HONDA/CBX 250 TWISTER")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.570,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118160", "163")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118160", " HONDA/HONDA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118170", "164")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118170", " HONDA/CG 150 FAN ESI")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118182", "165")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118182", " HONDA/CG 125 FAN KS")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118172", "166")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118172", " FYM/FYM FY100 10A")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>0.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>