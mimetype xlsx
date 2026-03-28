--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118502", "103")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118502", "veja o vídeo!! I/M. BENZ C200; 2015/2015; PRETA; GASOLINA  - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>103.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118943", "105")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118943", "CHEVROLET S10 ADV FD2; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - FROTA 202; CP 120")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118495", "106")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118495", "veja o vídeo!! I/M. BENZ GLK 300; 2010/2011; PRATA; GASOLINA - APROX. 82.260KM - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118499", "107")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118499", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119004", "108")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119004", "veja o vídeo!! VW/T CROSS CL TSI AD; 2021/2021; BRANCA - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>166</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118500", "109")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118500", "veja o vídeo!! HONDA/CIVIC EXL 2.0 16V I-VTEC; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118501", "110")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118501", "veja o vídeo!! I/LR RANGE ROVER SPORT TDV6; 2007/2008; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118498", "112")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118498", "veja o vídeo!! I/MMC ECLIPSE CR HPESAWD; 2019/2020; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>88.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118497", "113")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118497", "veja o vídeo!! NISSAN/LIVINA 16SL; 2009/2010; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118496", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118496", "HYUNDAI/HB20S 1.0M UNIQ; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118509", "117")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118509", "HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>72.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118504", "119")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118504", "veja o vídeo!! I/CHEV CRUZE LT NB AT; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118503", "120")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118503", "veja o vídeo!! NISSAN/LIVINA 18S; 2013/2013; BRANCA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118505", "122")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118505", "CHEV/ONIX PLUS JOY; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119003", "123")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119003", "veja o vídeo!! I/VW FOX 1.6 PLUS; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119295", "125")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119295", "veja o vídeo!! IMP/GM ASTRA GLS; 1995/1995; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118506", "126")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118506", "RENAULT/LOGAN EXPR 16 M; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118508", "127")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118508", "veja o vídeo!! VW/GOLF 2.0; 2002/2002; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118507", "128")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118507", "veja o vídeo!! AUDI/A3 1.8T; 2005/2005; PRETA; GASOLINA - FUNCIONANDO -  IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118510", "131")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118510", "veja o vídeo!! FORD/KA SE 1.5 SD B; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118511", "137")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118511", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118512", "140")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118512", "VW/GOL CL; 1989/1989; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118516", "141")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118516", "VW/SAVEIRO AMBULANC 1.6; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119308", "142")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119308", "I/VW AMAVAROK CD 4X4 S; 2012/2013; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118513", "143")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118513", "veja o vídeo!! VW/GOL CL 1.8; 1992/1993; PRATA; ALCOOL; TURBO LEGALIZADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118519", "148")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118519", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118518", "150")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118518", "veja o vídeo!! VW/PARATI CL; 1989/1989; BEGE; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118517", "161")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118517", "VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118520", "235")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118520", "VW/GOL CLI; 1995/1995; BRANCA; GASOLINA  - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118937", "236")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118937", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 838; CP 94")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...255 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...442 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118939", "237")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118939", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 329; CP 95")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118938", "238")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118938", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 358; CP 166")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...186 lines deleted...]
-      <c r="D41" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>35.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118941", "239")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118941", "FIAT PALIO WEEKEND ADVENTURE; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 409; CP 98")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E41" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>40.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118940", "240")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118940", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 358; CP 96")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118942", "241")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118942", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 678; CP 170")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>