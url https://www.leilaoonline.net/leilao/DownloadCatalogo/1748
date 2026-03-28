--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118973", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118973", " CAMINHÃO PIPA 10000L MB 2423K; ANO/MODELO: 2001/2001; DIESEL.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118976", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118976", " CAMINHÃO PIPA 15000L MB 2423K; ANO/MODELO: 2000/2000; DIESEL.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118977", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118977", " MOTOSCRAPER CAT 621B (MOTOR 3306); ANO/MODELO: 1977/1977; DIESEL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118974", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118974", " MOTOSCRAPER CAT 621B (MOTOR 3306); ANO/MODELO: 1977/1977; DIESEL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118978", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118978", " PÁ CARREGADEIRA KOMATSU; ANO/MODELO: 2012/2012; DIESEL, HORÍMETRO: 25101")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>165.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118975", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118975", " ESCAVADEIRA HIDRÁULICA KOMATSU PC350LC-8; ANO/MODELO: 2010/2010; DIESEL ; HORÍMETRO: 15338")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118979", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118979", " PÁ CARREGADEIRA JCB 456ZX; ANO/MODELO: 2011/2011; DIESEL,  HORÍMETRO: 11805")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118981", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118981", " COMPACTADOR DE LIXO 12M³")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118982", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118982", " COMBOIO 6000L BOZZA BSB-7 HIDR (COMPLETO); ANO: 2007")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118980", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118980", " TRATOR DE ESTEIRA CAT D8K; ANO/MODELO: 1982/1982; DIESEL")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118983", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118983", " REBOQUE S/EQUIPAMENTO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118984", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118984", " MOTOR COM REBOQUE MB OM314 E 2 TANQUES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...287 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118985", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118985", " ROLO VIBRATÓRIO ALMEIDA RV10")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118986", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118986", " ROLO VIBRATÓRIO BOBCAT")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118987", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118987", " ÔNIBUS MB; ANO/MODELO: 2002/2002; DIESEL;")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118991", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118991", " CAMINHÃO BASCULANTE MEIA CANA MB AXOR 2831K; ANO/MODELO: 2010/2010, ;KM: 277719")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118989", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118989", " PERFURATRIZ HIDRÁULICA ATLAS COPCO FLEXIROC T35; ANO/MODELO: 2012/2012; DIESEL, HORÍMETRO: 20189")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>480.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118988", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118988", " ROLO COMPACTADOR DYNAPAC TR25; ANO/MODELO: 1982/1982")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118990", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118990", " ESCAVADEIRA HIDRÁULICA KOMATSU PC450LC-8; ANO/MODELO: 2012/2012, HORÍMETRO: 20681")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>380.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118994", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118994", " CABINE DE RETRO JCB ABERTA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118992", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118992", " CABINE DE RETRO JCB FECHADA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118996", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118996", " GERADOR BAMBOZZI")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118993", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118993", " CABINE CAMINHÃO MB (3 CAPU E 2 PORTAS)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118995", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118995", " CAPOTA DE FIBRA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...287 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118997", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118997", "[ SUCATA ] FIAT UNO; ANO/MODELO: 2005/2005; FLEX")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119000", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119000", " VW GOL; ANO/MODELO: 2009/2009; FLEX, KM: 333629")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118999", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118999", " RENAULT SANDERO; ANO/MODELO: 2010/2010; FLEX, KM: 226000")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118998", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118998", " ROMPEDOR-RETRO DANDA D")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119001", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119001", " ROMPEDOR-MINI DANDA D")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>