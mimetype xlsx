--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118749", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118749", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118750", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118750", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>87.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118755", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118755", "[ VÍDEO ] MINI CARREGADEIRA SUNWORD. ANO 2011. MOTOR KUBOTA. COM CARRETA DE TRANSPORTE")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118761", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118761", "[ VÍDEO ] PÁ CARREGADEIRA DOSAN. MOD. DL-200. ANO Aprox. 2011")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>235.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118773", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118773", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO 1994. ACOMPANHA TAMBOR LISO E PATA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120836", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120836", "[ VÍDEO ] MOTONIVELADORA COMBAT. MOD. 170H. ANO 2011")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...85 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118770", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118770", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA15. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120837", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120837", "[ VÍDEO ] MINI ESCAVADEIRA BOBCAT. MOD. 325. ANO 2009")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>88.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118772", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118772", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 950H. ANO 2011")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>235.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118775", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118775", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W7. ANO Aprox. 1980")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118757", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118757", "RETROESCAVADEIRA CASE. MOD. 580H. ANO aprox. 1987")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118759", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118759", "PÁ CARREGADEIRA MICHIGAN. MOD. 55A. TORQUE 28000. FREIO A DISCO. ANO 1985.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118754", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118754", "[ VÍDEO ] ROLO COMPACTADOR COMBAT. MOD. CB250G. ANO 2011")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...218 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118756", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118756", " TREM DE FORÇA (TRANSMISSÃO, CONVERSOR, TANDER, RADIADOR) PATROL FIATALLIS FG85")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120838", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120838", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20 E TURBO. ANO 2007")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>265.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120840", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120840", "RETROESCAVADEIRA MASSEY FERGUSON MOD. 86HS ANO 1994 - torque")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118763", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118763", "LÂMINA DIANTEIRA MOTONIVELADORA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118764", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118764", "CONCHA CATERPILLAR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118769", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118769", " MOTONIVELADORA CATERPILLAR. MOD. 120B. ANO Aprox. 1977")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...186 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118767", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118767", " [ VÍDEO ] MOTONIVELADORA FIATALLIS. MOD. FG70. ANO Aprox. 1988")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118777", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118777", "[ VÍDEO ] CAÇAMBA BASCULHANTE DE 14m. ASSOALHO DE CHAPA REFORÇADA. COM PISTÃO E BOMBA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118753", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118753", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118768", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118768", " TRITURADOR/ PICADOR DE GALHOS. ANO 2010")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...126 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118766", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118766", " ROMPEDOR PARA ESCAVADEIRA 22 TON. ANO 2014")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118771", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118771", "CABINE PARA MÁQUINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118751", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118751", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118752", "038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118752", " CARRETA. CHAPEADA DE AÇO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>