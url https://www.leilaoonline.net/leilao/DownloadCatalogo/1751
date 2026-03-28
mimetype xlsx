--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,3035 +269,2659 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119406", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119406", " Sucata de máquina Ordenhadeira ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119385", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119385", " Sucata de luminárias e peças")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119408", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119408", " Sucata elétrica ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119391", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119391", " Sucata contendo diversas peças ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119415", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119415", " Sucata de 18 grades em inox 304")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119410", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119410", " Sucata de mangueiras de inox 304")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119413", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119413", " Sucata de ferros e canos ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119387", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119387", " Sucata contendo 17 painéis elétricos ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119426", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119426", " Sucata de 4 cortinas de ar")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119395", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119395", " Sucata de pisos elevados - 30 x 50 - 370 peças ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119414", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119414", " Lote com: Aproximadamente 400 baldes com tampas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119397", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119397", " Sucata de 16 evaporadores ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119404", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119404", " Sucata de 2 evaporadores. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119390", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119390", " Sucata de evaporador ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119409", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119409", " Sucata de: 5 uni. Portas - 1 uni. Portão - 2 uni. Escadas - 1 uni. Suporte")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119398", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119398", " Sucata de 10 espreguiçadeiras em fibra ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119418", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119418", " Sucata de 3 tanques em fibra - 1,85 X 0,90 X 0,30")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119393", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119393", " Sucata de tanque de fibra - 2,45 x 0,90 x 0,35")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119420", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119420", " Sucata de tanque de inox 304 - 1,30 x 1,30 x 0,85")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119383", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119383", " Sucata de tanque em inox 304 - 2,20 x 1,19 x 0,60")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119425", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119425", " Sucata de: 1 filtro - 2 bombas - 1 cascata - encanamentos ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119389", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119389", " Sucata de: 1 tanque 490 Litros - 1 Tanque 190 litros - Suportes em inox 304")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119419", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119419", " Sucata de tanque pasteurizador em inox 304 - 1,90 X 1,10 x 2,60 - 450kg ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119396", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119396", " Sucata de curvas em inox 304 - 20 uni. 3 pol - 50 uni. 2 pol. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119399", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119399", " Sucata de curvas em inox 304 - 80 uni. De 1,5 pol. - 10 uni. Diversas.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119403", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119403", " Sucata de Curvas em inox 304 - 80 uni. De 2. pol - 50 uni. 1 pol. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119417", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119417", " Sucata de 31 sinalizadores ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119384", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119384", " Sucata de 4 seladoras ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119412", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119412", " Sucata de alimentadores - 6 peças ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119407", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119407", " Sucata de esteira cyklop ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119424", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119424", " Sucata de prensa para queijos. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119386", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119386", " Sucata de prensa de corte de queijos ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119423", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119423", " Sucata de marcador e impressão de códigos ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119405", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119405", " Sucata de Grampeadora a vácuo Seloclip")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119416", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119416", " Sucata de Máquina  de fabricar queijos")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119388", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119388", " Sucata de Buffet em inox ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119421", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119421", " Sucata de Resfriadores em inox 304")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119401", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119401", " Sucata de No-breaks e estabilizadores - 970kg ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119427", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119427", " Sucata de 2 transformadores ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119392", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119392", " Sucata de Serras - motor e peças")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119394", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119394", " Sucatas de peças e canos em inox 304")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119400", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119400", " Sucata de: fatiador - cilindro - batedeira - liquidificador - moedor -  caixas e peças em plástico")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119428", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119428", " Sucata de bombas e peças - 20 itens. ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119402", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119402", " Sucata de peças, motores e cabos elétricos. ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119422", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119422", " Sucata de 480 caixas vazias ( conteúdo não incluso ) ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119411", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119411", " Sucata de peças de polietileno (caixas não inclusas) - 1.740 Kg")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119446", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119446", " Sucata de túnel de encolhimento - 2 metros ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119453", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119453", " Sucata de 2 uni. Evaporadores grandes - 1.78 x 1.00 x 1.10")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119450", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119450", " Sucata de 3 uni. Evaporadores grandes - 0.92 x 0.90 x 0.75")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119452", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119452", " Sucata de Evaporador grande - 2.60 x 1.10 x 0.60")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119451", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119451", " Sucata de Torre Alpina - Resfriador - 3.10 x 1.70 x 1.70 - Atenção: lote com visita indisponível. Entrega do bem em Lavras/ SP")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119457", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119457", " Sucata de 23 portas de Câmara Fria diversas e Placas de isopor.  Atenção: lote com visita indisponível. Entrega do bem em Lavras/ MG")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119448", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119448", " Sucata de tanque de inox 304 - 2.50 x 1.05 x 0.70")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119454", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119454", " Sucata de tanque de inox 304 - 2.50 x 1.05 x 0.60")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119449", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119449", " Sucata de tanque de inox 304 2,50 x 1,05 x 0,63")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119455", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119455", " Sucata de tanque de fibra 1,80 x 0,90 x 0,30")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119447", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119447", " Sucata de tanque de inox 304 2,50 x 1,05 x 0,57")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119456", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119456", " Sucata de Tanque pasteurizador Inox -  2,80 x 1,05 x 0,60 - 400kg")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119458", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119458", "Sucata de máquina de fabricar queijos.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119459", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119459", "Sucata de 2 uni. Desnatadeiras e peças")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119497", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119497", "Sucata de prateleira de fibra 2,500 x 1,85 x 0,65")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119498", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119498", "Sucata de motores e ventiladores")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119499", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119499", " Sucata de motores - 1.270 kg")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119500", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119500", " Sucata de Correias - Aproximadamente 45 metros.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120048", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120048", "Sucata de Ferramentas elétricas e manuais ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120049", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120049", "Sucata de 1 furadeira e 1 tupia ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120050", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120050", "Sucata de plataforma e guincho ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120051", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120051", "Sucata de serra e bancada")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120052", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120052", "Sucata de 8 carteiras escolares antigas ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120053", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120053", "Sucata de compressores Bitzer - Aproximadamente 300 unidades - Lances por KG - Apróx. 47.2 Toneladas")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2,65</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120359", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120359", "Lote com: 2 uni. Aparelhos de ar condicionado. ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120360", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120360", "Sucata de No- break, placas, teclados sem fio. ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120361", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120361", "lote com: 7 panelas de pressão - 7 marinex  -19 pratos - 45 talheres  - máquina de suco - Sem uso")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120364", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120364", " Lote com: 4 notebooks - Não liga - Falta peças ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120363", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120363", " Lote com: 4 uni. Aparelho de som antigo ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120362", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120362", " Lote com: 2 secadores de mãos - Geminus ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120365", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120365", " Capacete ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120371", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120371", " Cadeira Herman Miller")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120370", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120370", " Cadeira Giroflex G64")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120366", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120366", " Cadeira Giroflex G64")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120367", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120367", " Cadeira Cavaletti ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120379", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120379", " Poltrona Brno - Barra chata ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120368", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120368", " Lote com: 2 Poltronas Brno - barra chata")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120372", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120372", " Playstation 3 ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120373", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120373", " Lote com: Auto-falante e módulo ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120375", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120375", "Lote com: 2 uni. Poltronas Clássica Design")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120374", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120374", "Lote com: 2 uni. Poltronas Clássica Design")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120376", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120376", "Lote com: 1 uni. panela 2,5 litros  - 1 uni. pilão -  1 uni. forma 38cm - 1 uni. de 27cm - todas em pedra sabão")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120377", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120377", "Lote com: 2 uni. formas 32cm  -1 uni. pilão - 1 uni. panela 2,5 litros - produtos em pedra sabão")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120378", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120378", "Lote com: 1 uni. panela 2,3 litros - 1 uni.  pilão - 1 uni. forma 38cm e 1 uni. de 32cm e 1 uni. de 27cm - produtos em pedra sabão")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120381", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120381", "Lote com: 1 uni. forma 38 cm - 1 uni. de 32cm e 1 uni. de 27cm - 1 uni. pilão")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120380", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120380", "Lote com: 1 uni. forma 38 cm - 1 uni. de 32cm e 1 uni. de 27cm - 1 uni. pilão")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120928", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120928", "Cofre com chave e segredo ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...2462 lines deleted...]
-      </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120929", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120929", "Pc Gamer - completo ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>