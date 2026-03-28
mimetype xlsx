--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118930", "094")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118930", " CHASSI DE CAMINHÃO   M.BENZ/712 E SBB CF  ANO/MOD:   06/06. PLACA:  GVQ5C61 RENAVAM:  901929131 CHASSI:  9BM6881116B500546 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118932", "096")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118932", " CHASSI DE CAMINHÃO  M.BENZ/712 C ANO/MOD:   99/99. PLACA:  GXH7209 RENAVAM:  720357063 CHASSI:  9BM688255XB201580 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118931", "097")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118931", " M.BENZ/712 E SBB CF ANO/MOD:   06/06. PLACA:  GVQ5D35 RENAVAM:  904707024 CHASSI:  9BM6881116B501228 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118933", "098")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118933", "CHASSI DE CAMINHÃO FORD/AUTO LIFE TROIAL4 ANO/MOD:   2007 PLACA:  HSI1254 RENAVAM:  940692406 CHASSI:  9BFVCE1N17BB95392 . OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119614", "099")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119614", "CHASSI DE CAMINHÃO MB 710 ANO/MOD:   2001 PLACA:  CPJ-3393 RENAVAM:  778597369 CHASSI:  9BM6881561B291494 . NO ESTADO. OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>