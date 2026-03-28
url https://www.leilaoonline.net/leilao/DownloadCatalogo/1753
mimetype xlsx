--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2107 +269,1847 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118944", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118944", " FORD CARGO 1722 E, 2006/2006, BRANCA, DIESEL, FROTA 982.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118945", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118945", " VW 13.130, CAMINHÃO COMBOIO, 1985/1985, AMARELA, DIESEL, FROTA A71. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118950", "013")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118950", " CAMINHÃO FORD F 11.000, COM MUCK CAP 3,5 TON, ANO 1985/1985, COR VERDE, DIESEL, FUNCIONANDO, ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118946", "014")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118946", " FORD CARGO 1622, 1999/1999, BRANCA, DIESEL, FROTA J04.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118947", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118947", " CAMINHÃO M.BENZ L 1620, 2009/2009, BRANCA, DIESEL, FUNCIONANDO, FROTA H99.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118949", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118949", " GMC 14.190, 1999/2000, VERMELHA, DIESEL, FROTA I62. OBS FUNCIONANDO, EQUIPADO COM GUINDAUTO MASAL CAP. APROX. 7 TON")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118948", "023")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118948", " VW PARATI 16V TOUR, 2002/2002, BRANCA, GASOLINA, FROTA 280, FUNCIONANDO, MOTOR REM. FROTA 280.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118951", "024")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118951", " FORD CARGO 1722 CN, 2011/2012, BRANCA, DIESEL, MOTOR FUNCIONANDO, MECÂNICA SEM TESTE, FROTA 626. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118952", "025")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118952", " I FORD RANGER XL 13P, 4X4, ESPECIAL CAMINHONETE CABINE DUPLA, 2011/2011, BRANCA, DIESEL, FUNCIONANDO, FROTA E48.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118955", "026")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118955", " CITROEN JUMPER M33M 23S, 2011/2012, BRANCA, DIESEL, FROTA E84, MECÂNICA SEM TESTE. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118957", "029")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118957", " VW / UP MOVE MB TSI, 2015/2016, PRETO, FLEX, FUNCIONANDO, FROTA J64 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118956", "035")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118956", " GM / BLAZER ADVANTAGE, 2009/2010, COR PRETA, COMBUS. FLEX, FUNCIONANDO, FROTA D58. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118953", "036")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118953", " FIAT/WEEKEND ADVENTURE, 2014/2015, PRATA, FLEX, FROTA E49")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118954", "048")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118954", " IMP CHEVROLET, 1929/1929, VERMELHA, GASOLINA, CARGA CAMINHONETE, FUNCIONANDO, NECESSITA DE REPARO NO FREIO, FROTA J29.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118958", "049")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118958", " CAMINHÃO IVECO TRAKKER 720T42TN, 2009/2010, BRANCA, DIESEL, SEM CÂMBIO, FROTA G65")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118962", "060")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118962", " CAMINHÃO FORD F12.000 160, 1999/2000, AZUL, DIESEL, CARROCERIA ABERTA, FUNCIONANDO, FROTA E06")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118959", "062")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118959", " CAMINHÃO VW 11.140, BASCULANTE, 1991/1991, BRANCO, DIESEL, FUNCIONANDO, FROTA 932")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118960", "068")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118960", " CAMINHÃO FORD CARGO 1722 CN TOCO, 2011/2012, COR BRANCO, COMBUS. DIESEL, COM COMPACTADOR DE LIXO , FROTA A12. FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118961", "070")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118961", " CAMINHÃO VW/13.130, ANO 1982/1982, COR AMARELO, COMBUS. DIESEL, FROTA G11. FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118963", "071")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118963", " CAMINHÃO FORD / F600 , 1976/1976, BRANCO, DIESEL, FROTA 071. FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118964", "072")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118964", " CAMINHÃO FORD CARGO 2622 E, 2010/2010, BRANCA, DIESEL, FROTA 761. MOTOR FUNCIONANDO, MEC. SEM TESTE.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118965", "073")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118965", " CAMINHÃO M.BENZ LP 321, CARA CHATA, 1962/1962, AZUL, DIESEL, MEC. SEM TESTE. OBS: POSSUI UMA 5º RODA. FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118968", "081")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118968", "[ VÍDEO ] ROLO COMPACTADOR MULLER MOD. VAP 55. FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118967", "086")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118967", " FIAT PALIO WEEKEND 1.6 16V, 2002/2003, GASOLINA, FROTA 995, FUNCIONANDO.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118966", "088")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118966", " FIAT PALIO WK TREKK 1.6, 2013/2013, PRATA, FLEX,  FROTA F65, FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...181 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118970", "089")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118970", " FORD F12000 160, 2001/2001, COM CESTO AEREO , COR BRANCA, DIESEL, FROTA 539. FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118794", "093")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118794", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 838, FUNCIONANDO, CP 93.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118789", "094")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118789", " FIAT PALIO WEEKEND ADVENTURE, ANO 2019/2020, COR BRANCA, FLEX, FROTA 838, FUNCIONANDO, CP 94.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118783", "095")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118783", " FIAT PALIO WEEKEND ADVENTURE, ANO 2019/2020, COR BRANCA, FLEX, FROTA 329, FUNCIONANDO, CP 95.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118787", "098")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118787", " FIAT PALIO WEEKEND ADVENTURE, ANO 2019/2020, COR BRANCA, FLEX, FROTA 409, FUNCIONANDO, CP 98.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118791", "100")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118791", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 498, FUNCIONANDO, CP 100.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118785", "102")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118785", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 766, FUNCIONANDO, CP 102.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118788", "103")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118788", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 799, FUNCIONANDO, CP 103.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118781", "104")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118781", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 713, FUNCIONANDO, CP 104.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118793", "106")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118793", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 814, FUNCIONANDO, CP 106.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118792", "107")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118792", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 112, FUNCIONANDO, CP 107.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118782", "108")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118782", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 742, FUNCIONANDO, CP 108.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118786", "110")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118786", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 744, FUNCIONANDO, CP 110.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118784", "111")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118784", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 588, FUNCIONANDO, CP 111.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118790", "112")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118790", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 364, FUNCIONANDO, CP 112.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118795", "113")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118795", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 742, FUNCIONANDO, CP 113.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118797", "114")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118797", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 113, FUNCIONANDO, CP 114.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118796", "115")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118796", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 709, FUNCIONANDO, CP 115.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118799", "116")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118799", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 469, FUNCIONANDO, CP 116.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118798", "117")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118798", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 368, FUNCIONANDO, CP 117.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118801", "118")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118801", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BRANCA, FLEX, FROTA 672, FUNCIONANDO, CP 118.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118800", "119")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118800", " CHEVROLET S10 ADV FD2, ANO FLEX - 2018/2019, COR BRANCA, FROTA 850, FUNCIONANDO, CP 119.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118802", "120")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118802", " CHEVROLET S10 ADV FD2, FLEX - ANO 2018/2019, COR CINZA, FROTA 202, FUNCIONANDO, CP 120.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118803", "121")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118803", " CHEVROLET S10 ADV FD2, FLEX - ANO 2018/2019, COR BRANCA, FROTA 446, FUNCIONANDO, CP 121.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118805", "128")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118805", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA D03, FUNCIONANDO, CP 128. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118804", "130")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118804", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA F93, FUNCIONANDO, CP 130 (C/ Manual )..")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118806", "132")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118806", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA 443, FUNCIONANDO, CP 132. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118807", "134")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118807", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA 973, FUNCIONANDO, CP 134. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118808", "136")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118808", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA 764, FUNCIONANDO, CP 136. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118815", "137")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118815", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA 393, FUNCIONANDO, CP 137. (C/ Manual ).")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118809", "139")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118809", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA H83, FUNCIONANDO, CP 139. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118811", "140")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118811", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA H84, FUNCIONANDO, CP 140. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118810", "141")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118810", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA G74, FUNCIONANDO, CP 141. (C/ Manual).")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118813", "142")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118813", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA 814, FUNCIONANDO, CP 142.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121585", "143")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121585", "FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2019, COR BANCA, FLEX, FUNCIONANDO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...378 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>39.150,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118814", "145")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118814", " FIAT PALIO WEEKEND ADVENTURE, ANO 2018/2018, COR PRATA, FLEX, FROTA 113, FUNCIONANDO, CP 145.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118812", "173")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118812", " FIAT PALIO WEEKEND ADVENTURE, ANO 2019/2020, COR BRANCA, FLEX, FROTA 870, FUNCIONANDO, CP 173. (C/ Manual e chave reserva).")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118969", "250")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118969", " MOTO HONDA CB500, ANO 1999/1999, COR ROXA, FROTA B18. FUNCIONANDO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...1214 lines deleted...]
-      </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118971", "251")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118971", " MOTO JTA / SUZUKI BANDIT 650, 2011/2011 GASOL. FROTA E22")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118972", "252")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/118972", " VW FUSCA 1300, ANO 1985/1985, ÁLCOOL,  FROTA 636. FUNCIONANDO,")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>