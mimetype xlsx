--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1979 +269,1735 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119314", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119314", " GUILHOTINA NEWTON")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119313", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119313", " GUILHOTINA CALVI")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119310", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119310", " EXAUSTOR AB BRASIL S/ MOTOR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119309", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119309", " EXAUSTOR S/ MOTOR")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119312", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119312", " PRENSA EXCÊNTRICA; CAP: 12T")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119311", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119311", " PRENSA EXCÊNTRICA; CAP: 6T")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119315", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119315", " ENFARDADEIRA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119316", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119316", " REDUTOR ZANINI; REL.: 1:45")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119319", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119319", " FORNO HYPO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119318", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119318", " FURADEIRA DE COLUNA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119320", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119320", " COMPRESSOR SCHULZ C/ MOTOR")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119317", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119317", " AFIADORA DE FERRAMENTAS GRIFO U10N")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119321", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119321", " FURADEIRA RADIAL ZIRPO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119322", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119322", " ROSCA TRANSPORTADORA EM INOX")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119326", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119326", " BOMBA DE FUSO NIETZSCH C/ MOTORREDUTOR SEW")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119324", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119324", " MISTURADOR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119323", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119323", " 3 BOMBAS KSB")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119325", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119325", " TANQUE MISTURADOR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119367", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119367", "Misturador de tintas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119368", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119368", "Misturador de tintas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119327", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119327", " EXAUSTOR C/ MOTOR")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119328", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119328", " TROCADOR DE CALOR ALFA LAVAL C/ MOTOBOMBA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119332", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119332", " TROCADOR DE CALOR ALFA LAVAL C/ MOTOBOMBA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119329", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119329", " AUTOCLAVE")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119330", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119330", " FORNO EM INOX C/ 3 PORTAS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119331", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119331", " TANQUE AFUNILADO EM INOX; DIM: 800x800 MM")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119333", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119333", " TANQUE EM INOX; CAP. 1150 L")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119334", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119334", " TANQUE EM INOX; DIM: 1000x1100 MM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119335", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119335", " TANQUE EM INOX; DIM: 1200x1400 MM")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119337", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119337", " RECIPIENTE EM INOX")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119336", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119336", " TANQUE EM INOX; DIM: 1000x1050 MM")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119338", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119338", " RECIPIENTE EM INOX; CAP. 360 L ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119339", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119339", " PANELA EM INOX; DIM: 900X700 MM")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119340", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119340", " TANQUE EM FIBRA; DIM: 1000x1500 MM")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119342", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119342", " TANQUE MISTURADOR; DIM: 1600x1600 MM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119341", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119341", " MOINHO EM INOX C/ REDUTOR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119344", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119344", " CICLONE EM INOX; COMP.: 2800 MM")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119343", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119343", " VÁLVULA ESFERA DE 12 POL. E 300 LIBRAS (COMPLETO C/ CAIXA)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119345", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119345", " VÁLVULAS, CONEXÕES E JUNTAS DE EXPANSÃO DIVERSAS (APROX. 2 T)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119346", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119346", " FILTRO DE MANGAS NEDERMAN")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119348", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119348", " DUPLA VENTOINHA C/ MOTOR WEG 75 CV RPM 3500")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119349", "047")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119349", " 2 RACKS METÁLICOS DE INFORMÁTICA; DIM: 600x800x2000 MM/ 700x800x2100 MM")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119347", "048")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119347", " TANQUE EM INOX; CAP. APROX. 5000 L ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119350", "049")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119350", " GUILHOTINA STABILE C/ MOTOR")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119351", "050")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119351", " EXAUSTOR PROJELMEC")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119352", "051")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119352", " MÁQUINA DE SOLDA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119353", "052")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119353", " MISTURADOR PERMAWICK")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119354", "053")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119354", " 4 BOMBAS KSB E 1 BOMBA IMBIL C/ MOTOR WEG 25 CV")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119356", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119356", " COMPRESSOR S/ MOTOR")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119355", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119355", " MOTOR DE CORRENTE CONTÍNUA RELIANCE 65 KW")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119357", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119357", " COMPRESSOR WAYNE C/ MOTOR BÚFALO 12,5 CV")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119358", "057")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119358", " MOTOBOMBA C/ MOTOR WEG 60 CV")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119360", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119360", " TUPIA S/ MOTOR")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119359", "059")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119359", " MOTORREDUTOR P/ ELEVADOR")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119361", "060")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119361", " PANTÓGRAFO DECKEL")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119362", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119362", " TAMBOREADOR EM INOX C/ MOTOR")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119363", "062")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119363", " TUBOS E CONEXÕES DIVERSAS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...1114 lines deleted...]
-      <c r="E51" s="5" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119364", "063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119364", " MOTOR WEG 75 CV RPM 890 TENSÃO: 220/380/440 V")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F51" s="4" t="inlineStr">
-[...538 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119365", "064")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119365", " MOTOR WEG 75 CV RPM 890 TENSÃO: 220/380/440 V")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E69" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119366", "065")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119366", " MISTURADOR DUPLO CONE EM INOX; CAP. 150 L")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F69" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120357", "066")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120357", "09 unidades hidráulicas")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>