--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120263", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120263", " CAVALO MEC. SCANIA R124 GA4X2NZ 360 ANO / MOD:  2003 ./ 2003 PLACA:  FINAL: 08  PNEUS BONS . NO ESTADO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120276", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120276", " CAMINHÃO VOLVO VM 260 6x4R  ANO / MOD:  2007 ./ 2008 PLACA: FINAL: 59 , CAÇAMBA -  NÃO ACOMPANHA PNEUS / PNEUS SUCATA / BATERIA. NO ESTADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>104.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120273", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120273", " CAMINHÃO VOLVO VM 260 6x4R ANO / MOD:  2011 ./ 2011 PLACA:  FINAL: 76 , CANAVIERO   PNEUS BONS.  NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120275", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120275", " CAVALO MEC. VOLVO VM 310 4x2 ANO / MOD:  2010 ./ 2010 PLACA: FINAL: 33 . NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>74.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120267", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120267", " CAMINHÃO MERCEDES BENZ 1214  ANO / MOD:  1994 ./ 1995 PLACA:  FINAL: 66 , EQUIPAMENTO ROLL-ON NÃO ACOMPANHA, VEÍCULO SOMENTE NO CHASSI. NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120274", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120274", " MITSUBISHI  L200 4X4 GL ANO / MOD:  2009 ./ 2010 PLACA:  FINAL: 34 NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120268", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120268", " SEMI REBOQUE FACCHINI SRF CB ANO / MOD:  2011 ./ 2012 PLACA:  FINAL: 14 , BASCULANTE. NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>91.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120266", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120266", " SEMI REBOQUE FACCHINI SRF LO ANO / MOD:  2003 ./ 2004 PLACA:  FINAL: 73,   SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS / NÃO ACOMPANHA RODAS NO PRIMEIRO EIXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120278", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120278", " SEMI REBOQUE RODOVIA CFCS  ANO / MOD:  2006 ./ 2007 PLACA:  FINAL: 70 C, SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS / NÃO ACOMPANHA RODAS NO PRIMEIRO EIXO / NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO. NO ESTADO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120264", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120264", " REBOQUE BERTOLINI AMZ BAL3FR ANO / MOD:  2000 ./ 2000 PLACA: FINAL: 82 , SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS / NÃO ACOMPANHA RODAS NO PRIMEIRO EIXO / NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO. NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120279", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120279", " SEMI REBOQUE FACCHINI SRF LO ANO / MOD:  2003 ./ 2004 PLACA:  FINAL: 75 , SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS / NÃO ACOMPANHA RODAS NO PRIMEIRO EIXO / NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO. NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120265", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120265", " REBOQUE / FACCHINI IR RER FR ANO / MOD:  1995 ./ 1995 PLACA: FINAL: 49 , SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS / PRIMEIRO EIXO AUSENTE / NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO. NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120271", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120271", " REBOQUE / BERTOLINI AMZ BAL3FR ANO / MOD:  2000 ./ 2000 PLACA:  FINAL: 12 ,  SIDER 2 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS / NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO. NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120270", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120270", " CAÇAMBA DE TRANSBORDO CANAVIEIRA ANTONIOSI -  OS QUATRO SUPORTES QUE ESTÃO APOIANDO A CAÇAMBA NÃO ACOMPANHAM ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120272", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120272", " MINI CARRETINHA PARA CORTADOR DE GRAMA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120280", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120280", " CARRETA PARA TRATOR - REMACCHB5000  - DATERRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120269", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120269", " MINI CARREGADEIRA CATERPILLAR 226B3 ANO / MOD:  2014")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120277", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120277", " RETROESCAVADEIRA CASE 580E")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120281", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120281", " TRATOR NEW HOLLAND TS 6020 ANO / MOD:  2011 NÃO ACOMPANHA BATERIA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120283", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120283", " TRATOR CASE PUMA 205 ANO / MOD:  2014")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>202.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120282", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120282", " TRATOR AGRÍCOLA VALTRA BH 180 ANO / MOD:  2013")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>154.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120285", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120285", " MOINHO GRANULADOR HORIZONTAL SEIBT 75 CV, 1775 RPM, CAP 1,5 TON/H")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120284", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120284", " ROÇADEIRA ROTATIVA ROADMASTER - HERDER")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120287", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120287", " JEEP RENEGADE SPORT, AUTOMÁTICO, FLEX ANO / MOD:  2016 ./ 2016 PLACA: FINAL: 83 NO ESTADO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120289", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120289", " DISTRIBUIDOR DE TORTA SERMAG, 2 LINHAS SMR 604, SÉRIE 0136 ANO / MOD:  2006 CAP 14000 KG")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120291", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120291", " DISTRIBUIDOR DE TORTA SERMAG,  2 LINHAS SMR 604, SÉRIE 0135 ANO / MOD:  2006 CAP 14000 KG")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120290", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120290", " TANQUE DE DESCARTE DE EFLUENTES")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120288", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120288", " LOTE COM PNEUS PIRELLI 600/50 R 22,5 ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120286", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120286", " FIAT DOBLÔ ATTRACTIVE 1.4 ANO / MOD:  2015 ./ 2016 PLACA: FINAL 24 NO ESTAOD. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...766 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121119", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121119", "ESCAVADEIRA HIDRÁULICA 135c  - SANY ANO / MOD:  2014. no estado. ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>