--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,5723 +269,5011 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119667", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119667", " Relógio PUMA, resistente água, pulseira em aço dourado, acompanha peças para ajuste na pulseira, tem trocar a bateria")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119676", "014")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119676", " Lote com diversos itens informática, cabos, peças, impressoras")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119672", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119672", " TV Philips preta e branca, funcionando ate o momento, largura 48cm - altura 35cm")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119683", "018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119683", " Balança Filizola de 150kg funcionando perfeitamente")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119671", "019")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119671", " Balança Welmy de 300kg")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119682", "020")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119682", " Aparelho de massagem relax medic, ligando funcionando, um dos lados está fraco")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119681", "021")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119681", " 8 Esculturas importadas indianas de madeira, diverso tamanhos entre 6cm a 8cm")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119669", "022")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119669", " Jeep Fire Command Car da T.N. importado do Japão, com a caixa original, raro, muito bom estado de conservação")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119678", "024")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119678", " 6 relógios diversos - sem garantia de funcionamento - necessita bateria, parados a tempos")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119670", "025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119670", " Lote de relógios diversos - sem garantia de funcionamento - necessita bateria, parados a tempos")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119684", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119684", " 6 relógios diversos - sem garantia de funcionamento - necessita bateria, parados a tempos")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119686", "027")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119686", " Luminaria e relógio de mesa, 14cm X 19cm, Imaginarium")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119685", "028")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119685", " Telefone anos 70, em plástico cromado, mecanismo em caixa de acrílico, 24cm comp x 14,5com larg x 19cm alt")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119687", "029")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119687", " 6 Taças Bohemia, 21cm alt x 6cm diâm, sem uso")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119689", "030")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119689", " Colete salva vidas avião, sem uso, com etiqueta de inspeção da VASP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119688", "031")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119688", " Lote de Games Xbox One e Nintendo")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119693", "033")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119693", " Escultura Elefante Africano, importado italiano, em resina policromada, base de madeira. Medidas: 36x30x25cm")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119692", "035")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119692", " Escultura magistrado, base de pedra forma de livro, dim.: 2x9x12,5cm, em bronze maciço")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119691", "037")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119691", " Escultura Cavalo, importada índia, dim.: 14x18cm, bronze maciço")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119695", "038")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119695", " Instrumentos de dentista, utilidades e tamanhos variados, a caixa com 18cm de comprimento")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119698", "039")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119698", " Ferramenta década de 80, importada de Taiwan, série L 250 em metais nobres")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119713", "040")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119713", " Punhal importado indiano, 27cm comprimento, raro")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119716", "042")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119716", " Enfeite Jacaré taxidermia, muito bem conservado,  28cm x 62cm, raro")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119719", "043")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119719", " Coleção com 20 miniaturas de cavalos de corrida, década de 80, com  jóqueis em chumbo, policromada, no estojo de madeira com divisórias. OBS: duas miniaturas faltando uma perna")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119718", "045")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119718", " 2 esculturas de madeira elefantes. 20cm e 10cm")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119700", "046")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119700", " Vídeo Cassete VHS portátil Panasonic Omnivision, modelo TV-5000, 127V")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119699", "047")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119699", " Cloisonné Oriental, pavão, com peanha original em madeira e estojo original. Em excelente estado")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119706", "048")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119706", " Coleção editora francesa Nelson (1910-1939), literatura francesa, livros raros e importados de época")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119717", "049")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119717", " 2 sinetas antigas religiosa, maior comprimento: 9cm")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119715", "050")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119715", " 2 antigas e raras tankards, circa de 1940")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119708", "052")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119708", " Coleção com 28  miniaturas de cavalos de corrida, década de 80, com jóqueis em chumbo, policromada")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119697", "053")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119697", " Carrinho para  bebida em madeira nobre.  84x87x53 cm")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119703", "054")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119703", " Espada importada Japão, em aço inoxidavel, 78cm")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119711", "055")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119711", " Ihamas em bronze,  7 cm alt x 5 cm")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119714", "056")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119714", " Relógio de mesa ,Westclox , em Jacarandá , 20/18 cm , não funciona")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119696", "059")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119696", " Escultura elefante, em bronze massiço, 26cm de alt X 30cm comp X 15cm larg")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119704", "060")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119704", " Lote com dois  Antigos bules importados origem árabe e duas colheres antigas")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119723", "062")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119723", " Faqueiro Hércules com 58 peças")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119727", "065")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119727", " Escultura elefante em Resina, muito bonita. Tamanho: 30cm")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119726", "066")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119726", " Lote com 6 enceradeiras todas  funcionando até o momento sem garantia futuras")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119720", "068")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119720", " Lote com 6 enceradeiras, todas funcionando até o momento sem garantia futuras")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119709", "069")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119709", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119707", "071")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119707", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119710", "072")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119710", " Lote com 6 mimiografos antigos")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119729", "073")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119729", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119728", "075")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119728", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119724", "076")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119724", " Lote com 16 vidros, aparentemente cristal lapidado para luminaria")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119740", "077")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119740", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119738", "080")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119738", " 4 Bicos para mangueira de incêndio, tipo 2, sem uso")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119734", "081")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119734", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119735", "083")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119735", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119744", "085")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119744", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119746", "087")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119746", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119747", "089")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119747", " 4 máquinas de escrever antigas")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119751", "091")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119751", " Projetor sanyo, modelo PLC-200PM, funcionando,   retroprojetor 3M")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119731", "097")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119731", " Lote com 3 miniaturas escalas 1/18 - Sem uso")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119739", "099")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119739", " Lote com 3 miniaturas escalas 1/18, sem uso")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119748", "101")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119748", " Lote com 3 miniaturas escalas 1/18, sem uso")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119754", "106")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119754", " Lote com 54 miniaturas (sem uso)")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119756", "110")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119756", " Taxidermia galo, altura 60cm")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119755", "111")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119755", " Taxidermia gavião carcará, 50cm de altura, 60cm de comprimento")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119758", "112")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119758", " Escultura importada tartaruga, em madeira nobre, aproximadamente 90cm de altura")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119757", "113")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119757", " Escultura cobra, importada indonésia, em madeira entalhada, 100x50cm")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119759", "114")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119759", " Relógio de mesa, em metal francês Século XIX. (Aparente banhado) Medida: 45cm de altura x 15cm de profundidade x 50cm largura; Relógio completo com pêndulo, máquina e chave")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119760", "115")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119760", " Ânfora portuguesa em faiança, tamanho: 80cm de altura")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119847", "116")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119847", " Cilindro Usado")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119848", "117")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119848", " Cilindro Usado")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119849", "118")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119849", " Pneu 100/90 B19 Michelin Scorcher 31 Harley Davidson")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119851", "119")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119851", " Pneu de moto rally dayson 130/60b19 dunlop")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119875", "120")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119875", " Espremedor de Laranja Industrial Skymsen, funcionando perfeitamente - sem os acessórios")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119872", "121")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119872", " WS-C4507R-E Cisco 4500 Switch (funcionamento mas ficou um tempo parado)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119854", "122")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119854", " 5 Microfones JWL MODELO WMA-6110 sem testes")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119889", "123")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119889", " 5 Microfones JWL MODELO WMA-6110 sem testes")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119869", "124")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119869", " 5 Microfones JWL MODELO WMA-6110 sem testes")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119861", "125")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119861", " Evaporadora Philco - sem uso, na caixa e sem testes de funcionamento")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119850", "126")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119850", " 65 Equipamentos odontológicos")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119871", "127")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119871", " 2 monitores funcionando perfeitamente até o momento")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119853", "128")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119853", " Notebook com problema na tela, completo")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119891", "129")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119891", " Banco pra Iveco - sem uso")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119898", "130")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119898", " Banco pra Iveco - sem uso")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119859", "131")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119859", " Banco pra Iveco - sem uso")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119863", "132")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119863", " Banco pra Iveco - sem uso")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119860", "133")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119860", " Banco pra Iveco - sem uso")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119856", "134")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119856", " 4 Máquinas de escrever antigas")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119874", "135")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119874", " 4 Máquinas de escrever antigas")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119864", "136")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119864", " 4 Máquinas de escrever antigas")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119857", "137")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119857", " 4 Máquinas de escrever antigas")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119890", "139")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119890", " Mesa de centro com mármore rajada base de bronze 1 metrô de comprimento")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119852", "140")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119852", " Relógio INVICTA Reserve CHRONOGRAPH, original em aço dourado. Funcionando no momento")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119879", "141")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119879", " Vazo com planta verdadeira Zamiculca")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119858", "142")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119858", " Vazo com planta verdadeira Zamiculca")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119868", "143")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119868", " Violão")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119876", "144")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119876", " Balança antiga fisola")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119865", "145")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119865", " Cilindro de Oxigênio")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119886", "146")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119886", " Bicicleta no estado parada a tempos")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119880", "147")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119880", " Picador de papel funcionando perfeitamente trincado no receptor")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119884", "148")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119884", " Bicicleta antiga Caloi Garicke")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119883", "149")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119883", " Bicicleta gt avalanche")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119878", "150")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119878", " Máquina de scanner de bagagem de raios x - (parou funcionando) sem teste")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119866", "151")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119866", " 4 Máquinas de tricô e crochê: Singer,Brother, Lanofix e Elgin")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119862", "152")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119862", " Catraca Marca HENRY - sem testes")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119873", "153")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119873", " Condensadora CONSUL - sem testes ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119895", "154")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119895", " Alarmes de ré para caminhões (32 Unidades) sem uso - sem testes de funcionamento")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119855", "155")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119855", " Alarmes de ré para caminhões (32 Unidades) sem uso - sem testes de funcionamento")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119896", "156")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119896", " Alarmes de ré para caminhões (33 Unidades) sem uso - sem testes de funcionamento")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119885", "157")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119885", " Banho-maria Roner compact")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119892", "158")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119892", " 36 Discos de policortes")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119867", "159")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119867", " Máquina de arquear strapack - ficou tempo parada sem testes")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119900", "160")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119900", " Máquina de arquear strapack - ficou tempo parada sem testes")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119881", "161")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119881", " Caixa com bico de torneira de ½")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119897", "162")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119897", " Cilindro vazio")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119870", "163")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119870", " Caixa com bico de torneira de ½")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119893", "164")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119893", " Controles para ar condicionado")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119899", "165")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119899", " Par de Kangoo Jumps - Tamanho L")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119887", "166")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119887", " Lote com Câmeras e Filmadora")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119894", "167")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119894", " 02 IPAQ - Marca COMPAQ - sem teste")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119882", "168")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119882", " Rack para servidor - Tamanho 2,08m")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119888", "169")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119888", " Buffet refrigerado Self-Service com portas de vidro - completo - sem teste")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119877", "170")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119877", " Balcão Expositor refrigerado - Em Inox - sem teste")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121609", "171")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121609", " Prato decorativo, de porcelana Norman "The Painter" - 1983, com certificado da peça, raro, tamanho do prato: 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121610", "172")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121610", " Prato decorativo, de porcelana Norman "Close Harmony", com certificado da peça. raro, tamanho do prato: 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121611", "173")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121611", " Prato decorativo, de porcelana Norman "Evening´s Ease", com certificado da peça, raro, tamanho do prato: 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121615", "174")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121615", " Prato decorativo, de porcelana Norman "A Family´s Full Measure" - 1985, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121630", "175")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121630", " Prato decorativo, de porcelana Norman "The Musician´s Magics" - 1986, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121627", "176")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121627", " Prato decorativo, de porcelana Norman "Standing in the Doorway" - 1983, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121620", "177")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121620", " Prato decorativo, de porcelana Norman "After the Party" - 1981, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121622", "178")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121622", " Prato decorativo, de porcelana Norman "A couple's Commitment" - 1985, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121631", "179")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121631", " Prato decorativo, de porcelana Norman "Podering on the Porch", com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121625", "180")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121625", " Prato decorativo, de porcelana Norman "A familys full measure"  - 1985, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121617", "181")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121617", " Prato decorativo, de porcelana Norman - "Golden Christmas" - 1976, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121614", "182")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121614", " Prato decorativo, de porcelana Norman - "The Bradford Exchange" - 1989, com certificado da peça, raro, tamanho do prato 22cm, tamanho da caixa: 27x25x5cm")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121613", "183")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121613", " Quadro antigo, raro, moldura em madeira, pequeno trincado no quadro, tamanho  50x34cm")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121623", "184")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121623", " Livros de bolso, PERRY RHODAN, Editora Tecnoprint com 20 volumes")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121629", "185")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121629", " Coleção Grandes Civilizações Desaparecida, com 35 volumes em ótimo estado de conservação")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121612", "186")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121612", " Tênis Adidas Spring Blade, numero 38. Sem uso, na caixa")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121618", "188")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121618", " Mesa de centro, em madeira nobre, tampo em mármore rosso rajado, tamanho:110/56/35cm")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121635", "189")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121635", " Escudo Anti-Tumulto da marinha, antigo e raro")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121637", "190")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121637", " SONY - Gravador de Videocassete profissional SVO-5800")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121636", "191")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121636", " Notebook - completo - com problema na tela")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121638", "192")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121638", " Quadro - Pintura da artista neozelandesa Anabel Nesbitt, acrílico sobre madeira, madeira da árvore mais rara do mundo, Kaikōmako, nativa da Nova Zelândia, arvore já extinta. Quadro incrustado com conchas Paua, a “opala do mar”, nativas da nova Zelândia, peça exclusiva e rarissíma, feita sob encomen")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121639", "193")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121639", " 6 taças para vinho, importadas, ristais sanit louis, em cristal francês, Medidas: 16,5cm / 14,3cm")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121646", "194")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121646", " Taças para sobremesa em metal prateado, bojo liso. Medidas: 8,5cm de altura x 9cm de diâmetro")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121624", "195")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121624", " Bule, em porcelana chinesa. 22x16,5cm")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121626", "196")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121626", " Vaso em porcelana chinesa, Satzuma, pintura floral policromada. Medidas: 30cm de altura x 22cm de largura")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121621", "197")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121621", " Ânfora chinesa de coleção, em porcelana Satzuma, 26cm")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121616", "198")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121616", " Telefone de mesa italiano, década de 30, em metal esmaltado, com guarnições em resina, 24x28cm")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121619", "199")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121619", " 02 castiçais italianos, barroco, em bronze dourado,  Med: 27cm")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121632", "200")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121632", " Prato em porcelana, coleção INVERNO, diâmetro: 21cm")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121634", "201")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121634", " Jarra em vidro soprado, técnica de murano, tonalidade rosê, raro. MED: 18X16X15CM")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121633", "202")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121633", " Chanukiah importado em bronze judaico. 17cm x 15cm")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121643", "203")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121643", " Escultura em madeira jacaré, entalhada, 130cm de comprimento")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121641", "204")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121641", " 02 vasos em porcelana, com pintura de paisagem oriental, Medidas: maior 20,5cm de altura / menor 15cm de altura (o vaso com bicado)")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121645", "205")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121645", " Saladeira em metal espessurado a prata, com cabeça e rabo de pato em metal dourado, raro, 41cm de comprimento x 28cm de diâmetro x 18cm de altura")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121644", "206")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121644", " Relógio cuco, Maderart, caixa em madeira, a pilha, com dois pêndulos, 38cm de altura x 34cm de largura")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121642", "207")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121642", " Floreira francesa, em cristal translucido, Med: 23x14cm")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121649", "208")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121649", " Conjunto de porta copos, em metal espessurado a prata, Med: 10cm e 13x13x10cm")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121651", "209")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121651", " Conjunto português VILLEROY ")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121652", "210")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121652", " 03 carpas importadas de cerâmica vitrificada, adquiridos em Bali. Maior med. 35cm de largura. uma delas apresenta discreto bicado")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121648", "211")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121648", " Bomboniere, em vidro com guarnições em metal e madeira com patina provence. 35cm de altura")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121656", "212")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121656", " 02 peças em metal aço inox, bandeja e Wine cooler,  Med. bandeja 41cm diâmetro, wine cooler 18x23cm diâmetro")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121660", "213")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121660", " Relógio de parede importado, feito âncora. 35cm de altura. 23cm de largura")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121658", "214")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121658", " Telefone, antigo e raro, funcionando, garantias futuras")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121661", "215")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121661", " ARTE ORIENTAL - Escultura dragão feito em osso, peça muito rara dos anos 50, 30cm altura, 30cm de comprimento")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121663", "216")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121663", " lhamas em bronze, 7cm alt x 5cm")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121665", "217")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121665", " Diversos cursos de línguas, inglês, francês")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121662", "218")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121662", " Coleção de montar, fascículos t rex da salvar, com 50 revisitas")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121657", "219")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121657", " Álbum de fotografia mam baby by France")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121659", "220")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121659", " Jogos Playstation 3")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121640", "221")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121640", " Lote com facas, bules antigos")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121647", "222")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121647", " 03 abajures antigos em bronze")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121650", "223")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121650", " Boneco importado, raro")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121653", "224")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121653", " Coleção Mini Craques Coca-cola Copa Do Mundo 1998, com 26 mini craques")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121655", "225")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121655", " Brasão inglês, em madeira nobre metal e tecido aveludado. Med 96x77cm")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121654", "226")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121654", " Coleção de gibis antigos, "Diversões escolares" com 21 gibis, raros")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121667", "227")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121667", " Centro de Mesa Boliviano em metal,  22cm altura")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121668", "228")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121668", " Escultura em Bronze, artista Piazi, 30cm altura, peça reconhecida e assinada")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121664", "229")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121664", " Lote com diversos itens de videogames")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121666", "230")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121666", " Relógio alemão, base circular escalonada, antigo, não testado e sem garantia de funcionamento. Medidas: 13,5cm de altura x 9,8cm de diâmetro")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>