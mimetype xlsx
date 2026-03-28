--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119904", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119904", " Piano 145 x 60 x 136cm, banqueta com assento regulável")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122136", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122136", " Mini espada de guerra da Marinha do Brasil, com ótimos detalhes, estojo original, 12cm de comprimento")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119908", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119908", " Telefone antigo em madeira carvalho, em excelente estado, peça que segura o fone faltando um detalhe, 45cm de altura")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119913", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119913", " Cadeira Decorativa em Madeira Maciça, desenhos de frisos, pés e encosto alto, medindo 105x45x45")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119912", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119912", " Poncheira com concha e 12 xícaras, impecáveis")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119922", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119922", " Conjunto oriental em palha trançada e resinada, sao 23 porta copos (Diam. 11cm), 26 pratinhos (Diam. 16cm), 5 pratos quadrados (20 x 20cm), e 2 bandejas retangulares (35 x 30cm). Total 56 peças")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119911", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119911", " Telefone Japonês, com guarnições em metal. MED: 22,5 X 14,5 X 18 CM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119914", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119914", " Conjunto em faiança, decada de 80")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119917", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119917", " Relógio de mesa italiano, patinado a ouro,. Med 70x33x18 cm")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119927", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119927", " Mesa importada de Granito italiano, tamanho da mesa 141cm x 251cm e 83cm de altura. Retirada ou envio em contagem MG, envio pra qualquer lugar do brasil por frete compartilhado mediante pagamento do frete. avaliada em 25 mil reais")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119916", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119916", " Quadro Roberto Burle Marx - 1986 - "Panneux" - tinta gráfica sobre tecido montado em estrutura de madeira (chassi), com moldura baguete de cedro. Assinado e datado no C.I.D. Medidas: 122 x 105")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119928", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119928", " Esculturas importadas black-a-moor  pintura de bronze e pintura, tinta a ouro. tamanho 211centimetros  de altura")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119915", "024")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119915", " Relógio de parede, Adler Gong,  em madeira, de corda, com chave, pêndulo e todos os seus itens  não funciona, medidas 58X25X13 cm")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119906", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119906", " Bandeja espessurado à prata, com espelho 38 cm, espelho com marcas do tempo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119926", "026")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119926", " 2 bandejas em metal espessurado à prata,  52 cm,Bandeja avarandada 32 cm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119905", "028")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119905", " Conjunto japonês em bambu")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119910", "030")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119910", " Poncheira lapidadas à mão  12 canecas, poncheira e concha. . Alt. 26cm")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119924", "031")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119924", " Conjunto mesa manuelino com 4 cadeiras")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119921", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119921", " Aparador com espelho em bronze, 17/55/16cm - 60/45cm")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119930", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119930", " Anfora de porcelana, importada oriental, 29 /8,5/ 33cm de altura.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119932", "037")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119932", " Carruagem antiga e rara, abóbora Cinderela, década de 80 em madeira com cortinas, muito bem conservada")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119931", "038")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119931", " Hikvision portable video recorder dvd hdmi funcionando (sem cabo)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119933", "039")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119933", "Chifre de cervo suíço em resina com brasão em madeira, em ótimo estado (30cm  de altura)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119934", "040")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119934", "Som Sony com caixas originais, ligando mas não foi testado todas suas funções")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119935", "041")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119935", "mini escultura em marfim, representando camelo, 25 mm x 37 mm  x 25 mm espessura")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119936", "042")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119936", "Antigo relógio de parede em madeira, máquina Dimep, pesa 2,120kg. A 70cm x L 32cm")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119937", "043")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119937", "Mini escultura em marfim representando cavalinho, 31 mm x 39 mm x 20 mm de espessura")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119938", "044")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119938", "Antigo relógio de parede em madeira, mostrador em metal, A 77,5cm x L 32cm x E 4cm")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119939", "045")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119939", "Mini escultura em marfim representando tigre, 33 mm x 38 mm x 23 mm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119940", "046")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119940", "Mini escultura em marfim representando touro 33 mm x 35 mm x 28 mm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119945", "052")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119945", "Vaso em metal nobre, laqueado ouro velho, tamanho:188 altura")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119946", "053")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119946", " Neo start medidor")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119952", "064")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119952", " Bule em metal, prateado, 20cm de altura")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119954", "065")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119954", " 04 Relógios antigos, despertador. Medidas do maior: 3X10cm. MED 2X7cm")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119953", "066")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119953", " 03 Relógios antigos, decada de 80")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119955", "067")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119955", " Cronógrafo em aço, sem vidro")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119959", "068")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119959", " Ânfora da década de 80, em metal, ótimo estado de conservação")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119960", "069")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119960", " Licoreira em pedra sabão, (Total de 8 peças). garrafa 25cm de altura")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119958", "070")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119958", " Cocar indigena antigo, tribo Guarany com penas originais. OBS: não acompanha o expositor")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119961", "072")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119961", " 02 esculturas de leões em madeira, importadas, tamanho 125cm de altura x 170cm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119962", "076")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/119962", " Cardápio da seleção brasileira de 1970, autografado em evento realizado no Rio de Janeiro, 13cm de  largura, altura 23cm")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120979", "077")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120979", " Prendedor de cabelo, chinês, década de 40, raridade, em marfim esculpido - 14 cm")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120986", "078")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120986", " Garrucha decorativa, década de 80, raridade, muito bem conservada - tamanho: 13x32cm")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120981", "079")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120981", " Relógio carrilhão Silco, década de 80, muito bem conservado, sem teste de funcionamento. Tamanho: 55/25/12cm")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120999", "080")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120999", " Relógio de parede, Bulova, década de 80, sem teste de funcionamento. Tamanho: 39/7cm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120992", "081")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120992", " Relógio em metal,  robô - 18cm")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120985", "082")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120985", " Máquina de costura antiga, conservada")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120984", "083")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120984", " Sobretudo 3/4, gola em pele natural, ótimo estado, tamanho m")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121004", "084")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121004", " Coleção de revista Hobby, anos 60, são 74 revistas, raras, em excelente estado, sem rasuras")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120995", "085")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120995", " Relógio de Parede, antigo, 24cm, otimo estado")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120996", "086")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120996", " Vestuário protetor de isolação, de fogo, proteção radiação, do calor")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121000", "088")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121000", " 6 Cachimbos, Século XX. (JCI, CARTER) -  Em madeira, com piteira em baquelite, em excelente estado de conservação")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120983", "089")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120983", " Coluna com afora de resina e bronze - italiana - Década 70 - Coluna mede 31x31x75cm) Ânfora mede:  24x24x50cm")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120998", "090")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120998", " Receiver e amplificador da Sony STR-K880 – saídas para 08 falantes mais de 1.000w RMS de potência real. Acoplam Video – Tamanho: 43x28x14,5cm")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120980", "091")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120980", " Jogo de xicaras para café, em porcelana chinesa, (6cm de altura)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121002", "092")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121002", " Conjunto galheteiro, Anos 40, em cerâmica vitrificada")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120982", "093")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120982", " Relógio despertador de cabeçeira, marca Peter, origem alemã")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120990", "094")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120990", " Jarro árabe, antigo, em metal - altura 33cm")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120991", "095")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120991", " 6 Relógios antigos")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120994", "096")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120994", " Prato em porcelana oriental, policromada pintada a mão, raro, selo de autencidade vermelho no verso. 24cm de diâmetro")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120993", "097")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120993", " Prato decorativo em porcelana, Norman Rockwell, tema filme: o vento levou, raro, com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120997", "098")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120997", " Prato decorativo em porcelana, Norman Rockwell, raro, com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120977", "099")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120977", " Prato decorativo em porcelana, Norman Rockwell, raro, com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121001", "100")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121001", " Prato decorativo em porcelana, Norman Rockwell. raro, "A Couple´s Commitment" - 1985. Com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120987", "101")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120987", " Prato decorativo em porcelana, Norman Rockwell, raro, "Father´s Help" - 1982. Com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120989", "102")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120989", " Prato decorativo em porcelana, Norman Rockwell, raro, "Making Believe at the Mirror" - 1982. Com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120978", "103")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120978", " Prato decorativo em porcelana, Norman Rockwell, raro, "The Cooking Lesson" - 1982. Com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121003", "104")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121003", " Prato decorativo em porcelana, Norman Rockwell, raro, "The Gourmet" - 1985. Com certificado da peça. Tamanho 22cm, tamanho da caixa: 27x25x5cm")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121681", "105")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121681", " Aparelho ultrassom compact, aparentemente completo e funcionando, sem teste")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121676", "106")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121676", " Babá eletrônica, KIDSHINE - Umidificador infantil. TECHLINE Massageador pessoal MI - 3000")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121691", "107")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121691", " Livros Coletânea "Das Leis De Comércio Exterior", 34 volumes")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121686", "108")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121686", " Taças (4 unidades)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121693", "109")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121693", " Estatua africana, pedra feita a mão, antiga e rara, 13x18cm. obs: com discretíssimo bicados na calda")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121687", "110")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121687", " Faqueiro dourado, peças: 6 talhares de serviço, 12 colheres de chá, 5 colheres de sobremesa, 2 garfos de sobremesa, 9 garfos de mesa, 5 colheres de sopa e 5 facas de mesa. 44 peças")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121675", "111")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121675", " Potiche importado em porcelana oriental, desenhos com flores, pássaros, paisagens orientais, marcado no fundo. Medidas: 39,5cm de altura x 58cm de circunferência")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121679", "112")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121679", " Centro de mesa, Satzuma, importado chines, em porcelana, policromado e realçada a ouro, 25x27cm . Peça marcada ao fundo, pequeno bicado na ponta")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121692", "113")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121692", " Cinzeiro importado chinês, 13x16cm")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121671", "114")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121671", " Conjunto chines, Séc XIX período " Tao Kuang ", Família Rosa, são 12 pratos para bolo, em porcelana esmaltada a mão, padrão Mandarim. Com selo vermelho. Med 16cm")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121680", "115")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121680", " Escultura em bronze, o Faizão, 32cm")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121689", "116")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121689", " Centro de mesa em madeira, com pássaros em metal. Med. 12x30cm")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...144 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121674", "117")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121674", " 06 taças importadas italianas, decoradas com desenhos gregos em ouro. Med. 18x6cm")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121673", "118")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121673", " Bandeja em metal, galeria vazada, Med. 45x17cm")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121678", "119")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121678", " Porta cigarros de metal prateado, raro, diâmetro 6cm e altura 8cm")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121688", "120")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121688", " Jogo para bolo, importado gottingem ITALY - 01 prato para servir (34,5cm), 12 garfos em metal (15cm), 01 espátula (24cm) e 01 faca (22,5cm)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121677", "121")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121677", " Medalhão de parede, em porcelana oriental, rica policromia em alto relevo, pintado a mão com detalhes em dourado. Raro, marcado com selo vermelho. Med. 33cm")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121685", "122")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121685", " Floreira, em bronze, decorada com pavões coloridos. Dimensões: 26cm X 10cm")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121684", "123")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121684", " Prato portugues, diâmetro:19cm")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121682", "124")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121682", " Prato de coleção, em fina porcelana ALEMÃ, raro, adornado em fio de ouro 20cm de diam.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121672", "125")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121672", " Centro de mesa de cristal, base de metal. Tamanho:33cm de diametro e 15cm de altura")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121683", "126")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121683", " Espelho de mão, em bronze, raro, 25cm")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121690", "127")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121690", " Jogo para sobremesa, com 06 peças (3,5cm x 11,5cm), em metal prateado com vermeil na parte interna, com 05 colheres em metal (12cm), prateado com a ponta vermeil")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...735 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E52" s="5" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122138", "128")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122138", " Paliteiro em metal, década de 80, medidas: 10x6cm")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F52" s="4" t="inlineStr">
-[...1598 lines deleted...]
-      </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122137", "129")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122137", " Antigo enfeite em metal, medidas: 10x8cm")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>