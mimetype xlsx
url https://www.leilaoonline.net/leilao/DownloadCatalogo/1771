--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121563", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121563", "[ VÍDEOS ] Pulverizador John Deere Modelo 4630. Equipamento trabalhando. Completo com GPS. Ano 2012. Aprox. 10.900 horas")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>490.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121577", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121577", " [ VÍDEO ] PÁ CARREGADEIRA FIATALLIS. MOD. FR14 ANO 1993 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121564", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121564", " COMPACTADOR DE LIXO PLANALTO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120310", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120310", " Trator Valtra mod. BH-180 ano 2012 - c/ climatizador/revisado câmbio /revisado motor/pintura nova")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120305", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120305", " Iveco Fiat Daily 3510. Ano 2002 (pneus diant. Michelin seminovos)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120311", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120311", " Trator John Deere mod. 6165J ano 2011 -4 pneus ressolados novos/ pintura nova/ funcionado")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120312", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120312", " Trator John Deere mod. 6180J ano 2012 - pintura nova/funcionando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120316", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120316", "[ VÍDEOS ] FORD CARGO 1617 ANO 1995/1995 - Guicho plataforma fixa.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120317", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120317", "FORD F 14000 HD ANO 1995/1995. COM BOMBA PUTZMEISTER 1406 ANO 2005")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121670", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121670", "[ VÍDEO ] Trator de esteira Caterpillar mod. D4ESR - ano 1993 ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>138.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121567", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121567", " Tanque pipa com canhão 18.000 litros")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121565", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121565", " Cabine suplementar marca Gascom 2 portas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120320", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120320", "Plantadeira Jumil mod. 2880. Ano 2002")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120313", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120313", "Trator Valtra mod.BH-180. Ano 2006. Traçado. Ar condicionado. Funcionando. Operacional.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120301", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120301", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120314", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120314", "Alongadores Valtra")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120293", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120293", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120315", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120315", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121568", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121568", " Carrocerria oficina com armários marca Gascom")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120321", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120321", "LT de peças de máquinas: pino, grampos, 2 rodas e outros")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121699", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121699", "Toyota Bandeirante. Ano 1979/1979. Diesel ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121775", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121775", "Equipamento Poliguindaste. Marca Grimalde. Ano 2010. Acompanha a Caçamba.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120323", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120323", "[ VÍDEO ] Trator Massey Ferguson Mod 95X tração 4x2 - Equipamento parou trabalhando. Ano não identificado")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121578", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121578", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121572", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121572", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120294", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120294", "Redutor hidráulico")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121569", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121569", " SR / Tanque 23 mil litros marca Gotti ano 2005")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120296", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120296", " 02 tanques Plásticos DM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120295", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120295", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121571", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121571", " Baú refrigerado Gancheiro assoalho canelado ano 2013")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121573", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121573", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121574", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121574", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121579", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121579", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121575", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121575", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121566", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121566", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120309", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120309", " Mercedes Benz Actros 4844K. 8x4. Ano 2014.  Aut. Freio retarder")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121570", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121570", " Conjunto de Barras traseira. Tratores Valtra")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121576", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121576", " Conjunto de Barras traseira. Tratores Valtra")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121694", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121694", "Máquinas de prensar mangueiras hidráulicas Marca Sogima. Funcionando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120306", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120306", " Scania T 112 HW. 4x2. Ano 1990")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120307", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120307", " Volvo FH 540 6x4 T. Ano 2013")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120308", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120308", "[ VÍDEO ] Ônibus Scania Induscar Apache U. Ano 2010. Carroceria Caio. Motor Scania. Possui elevador para deficientes")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120300", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120300", " Tanque de água para caminhao 3/4. Capacidade 3 mil litros. Ano 2013")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121695", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121695", "VW/VW 7.90 S C.D  ano 90/90")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121696", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121696", "FIAT / DOBLÔ CARGO FLEX ANO 2014/2015 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120297", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120297", " Carroceria borracheira Gascom. Ano 2015")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120299", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120299", " Tanque marca Tankar. Capac. 15 mil litros. 3 bocas. Ano 2009")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121697", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121697", "FIAT / FIORINO BAÚ FLEX  ANO 2009/2009 - (motor desmontado) ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121698", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121698", "Empilhadeira Toyota  Ano 2005. Capacidade 2,5 toneladas . Não acompanha cilindro de gás. Torre dupla/ Deslocador lateral")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120298", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120298", " Carroceria borracheira Gascom. Ano 2014")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120292", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120292", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120302", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120302", "Base estacionária com tanque de 20 mil litros sem uso com bomba registrado")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...1534 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120303", "056")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120303", "Lotes de 4 Pneus com rodas  Medida 600/50-22.5")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>