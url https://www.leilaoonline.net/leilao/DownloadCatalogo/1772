--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120557", "555")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120557", " TRATOR VALTRA BF 75 4X4, ANO: 2013; FR4200502 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120558", "556")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120558", " TRATOR VALTRA BH180, ANO: 2013; FR4200567 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>153.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120522", "559")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120522", " CAMINHAO MERCEDES-BENZ AXOR 3344S 6X4, ANO 2018, FR4100400, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>291.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120553", "560")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120553", " DOLLY RANDON, ANO 2007; FR4400429 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120550", "561")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120550", " DOLLY RANDON, ANO: 2007; FR4400658 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120542", "562")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120542", " TRANSBORDO CIVEMASA; ANO 2007; FR4400533  - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120540", "563")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120540", " TRANSBORDO CIVEMASA ; ANO: 2006; FR4400505 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120556", "564")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120556", " PLAINA STARPLAN, FR4401099, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120560", "565")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120560", " TRATOR VALTRA BH180; ANO: 2013; FR4200551 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>176.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120551", "566")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120551", " DOLLY RANDON; ANO: 2007; FR4400693 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120561", "567")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120561", " PLAINA STARPLAN, FR4401103, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120538", "568")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120538", " CAMINHAO MERCEDES-BENZ AXOR 3344S 6X4, ANO 2018, FR4100405, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>295.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120536", "569")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120536", " CAMINHAO MERCEDES-BENZ AXOR 3344S 6X4, ANO 2018, FR4100396, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>298.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120531", "570")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120531", " CAMINHAO MERCEDES-BENZ AXOR 3344S 6X4, ANO 2018, FR4100398, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>296.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120548", "571")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120548", " COLHEDORA JOHN DEERE COLH NW 3522; ANO: 2014; FR4300100 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120552", "572")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120552", " COLHEDORA JOHN DEERE COLH CH 670; ANO:2016; FR4300102 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120530", "573")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120530", " COLHEDORA JOHN DEERE COLH NW 3520; ANO: 2013; FR4300083 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120529", "574")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120529", " TRANSBORDO CIVEMASA; FR4400768 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120549", "576")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120549", " DOLLY RANDON; ANO: 2008; FR4400690 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120559", "577")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120559", " TRATOR VALTRA BH180; ANO: 2013; FR4200577 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120555", "578")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120555", " DOLLY RANDON; ANO: 2008; FR4400708 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120519", "579")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120519", " COLHEDORA JOHN DEERE COLH NW 3522; ANO: 2014; FR4300095 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120541", "580")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120541", " COLHEDORA JOHN DEERE COLH NW 3522; ANO: 2014; FR4300097 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120532", "581")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120532", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014, FR4300091, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120524", "582")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120524", " TRANSBORDO SANTAL V10; ANO: 2010; FR4401235 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120562", "583")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120562", " TRATOR VALTRA BH180; ANO: 2013; FR4200552 - LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>161.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120544", "584")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120544", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522,  ANO 2014, FR4300094, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120545", "585")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120545", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014, FR4300087, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120543", "586")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120543", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014, FR4300088, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120546", "587")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120546", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014, FR4300085, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120533", "588")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120533", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014, FR4300093, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120526", "589")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120526", " COLHEDORA JOHN DEERE COLH NW 3520, FR4300080, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120554", "590")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120554", " COMPOSTADOR CIVEMASA,M, FR4400130, LOC. PARAGUAÇU PTA / SP ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120547", "591")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120547", " COLHEDORA JOHN DEERE COLH NW 3522; ANO: 2014; FR4300099 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120534", "592")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120534", " COLHEDORA CANA JOHN DEERE, ANO 2013, FR4300062 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120535", "593")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120535", " COLHEDORA CANA JOHN DEERE, ANO 2013, FR4300071, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120525", "594")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120525", " COLHEDORA JOHN DEERE COLH NW 3522; ANO: 2014; FR4300090 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120539", "595")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120539", " COLHEDORA CANA JOHN DEERE, ANO 2013, FR4300078, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120528", "596")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120528", " COLHEDORA JOHN DEERE COLH NW 3520; ANO: 2013; FR4300081 - LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120523", "597")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120523", " LOTE DE CILINDROS HIDRÁULICOS , SF, LOC. NARANDIBA/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120520", "598")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120520", " CARRETA SEMI REBOQUE TANQUE, ANO 1993, FR4400786, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120527", "599")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120527", " CAÇAMBA BASCULANTE GOYDO 15 M3, SF, LOC. NARANDIBA/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120521", "600")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120521", " TANQUE SEMI ELÍPTICO 15000 LTS, SF, LOC. NARANDIBA/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120537", "601")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/120537", " ARADO DE AIVECA 3 HASTES CORTE DE 600M POR HASTE, CIVEMASA, ANO 2003, LOC. NARANDIBA/ SP ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>