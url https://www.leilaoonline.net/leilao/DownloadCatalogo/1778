--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,6427 +269,5627 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121345", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121345", "Máquina 4 soldas Ultra VS 250. Ano 2005. Massipack. Em bom estado. Funcionando. Com controlador de peso Perfor e detector de metal Brapenta")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121310", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121310", "Máquina 4 soldas Ultra VS 250. Ano 2008. Massipack. Em bom estado. Funcionando. Com controlador de peso Perfor.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121292", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121292", "Lote de manequins de fibra com avarias.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121532", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121532", " aprox. 1405 unidades de rolamentos")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121510", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121510", "FORMULA 1 FAPINHA. COLEÇÃO SENNA, PINTURA VERMELHO FERRARI DO PILOTO MICHAEL SCHUMACHER")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121512", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121512", " Geladeira White-Westinghouse 4.1 Super Freezer. Em funcionamento.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121511", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121511", " Geladeira Brastemp 370 litros. Frost Free. Funcionando.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121514", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121514", " Kit com 2 Bolsas em Couro, sendo: 01 Bolsa verde água em couro legítimo e 01 Bolsa prata velho em couro legítimo e trabalhado na parte frontal.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121516", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121516", " Kit com 2 Bolsas em Couro legítimo sendo: 1 Bolsa em couro nas cores marrom, branco, bege e laranja. E 1 Bolsa bege em couro legítimo.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121518", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121518", " Kit com 2 bolsas em Couro sendo: 01 Bolsa em couro legítimo nos tons de bege. E 01 Bolsa de couro legitimo na cor preta")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121314", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121314", "CONJUNTO TURBO GERADOR A VAPOR ABB-TOSHIBA 1500 KVA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121343", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121343", "Lote com aprox. 35.272 de cabides (preto: 25.000 e cinza: 10.272 )")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121520", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121520", " Kit com 2 bolsas em Couro sendo: 01 Bolsa em couro legítimo na cor preta. E 01 Bolsa em couro legítimo no estilo patchwork em tons de marrom, bege, croco bege e branco.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121519", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121519", " Kit com 2 Bolsas em Couro sendo: 01 Bolsa preta em couro legítimo. E 01 Bolsa em couro legítimo no estilo patchwork em tons de laranja, bege e croco bege.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121278", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121278", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121515", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121515", " Kit com 2 Bolsas em Couro sendo: 01 Bolsa em couro legítimo em tons de bege e croco bege. E 01 Bolsa em couro legítimo no estilo patchwork em tons de marrom e mostarda. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121517", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121517", " Kit com 3 Bolsas em Couro sendo: 01 Bolsa em couro legítimo no estilo patchwork em tons de laranja, bege e tons metálicos; 01 Bolsa em couro legítimo na cor rosa em estilo croco; e 01 Bolsa em couro legítimo na cor branca. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121521", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121521", " Kit com 3 Bolsas em Couro sendo: 01 Bolsa branca escuro em couro legítimo com três aberturas; 01 Bolsa em couro legítimo na cor vermelha com fechamento em ima; e 01 Bolsa em couro legítimo nas cores vinho e preta.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121308", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121308", "Caixa de direção de paleteira. Sem teste")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121522", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121522", " Kit com 5 Bolsas em Couro sendo: 01 Bolsa vermelha em couro legítimo; 01 Bolsa em couro legítimo na cor nude com fechamento em ziper; 01 Bolsa em couro legítimo nas cores vermelho e branca; 01 Bolsa em couro legítimo na cor branca com fechamento em ziper e detalhes em babado; e 01 Bolsa prata velho")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121281", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121281", " Máquina filmadora Yashica mod. 8 E")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121283", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121283", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121282", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121282", "[ VÍDEO ] Caixa Registradora. Anos 30. Amount Purchased")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121306", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121306", " 04 faróis Cilibrim  GE")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121321", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121321", " 01 farol de Ford. Ano 29. 6 Volts")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121557", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121557", "CHOPEIRA ELÉTRICA BEER MAX INOX 70 - (sem uso ) ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121284", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121284", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121280", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121280", "Equipamentos diversos: 01 máquina de escrever, 01 aparelho de fax, 01 aparelho de som,  02 crossovers, 02 equalizadores e 03 aparelhos de MD")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121279", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121279", "Transformador  trifásico - 380 voltz - 75 KVA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121293", "041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121293", "Quadro/livros de anatomia humana e 1 cadeira de rodizio")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121294", "042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121294", "tapete decorativo importado - origem Turquia  - tamanho largura 1,60 x comprimento 1,70 ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121296", "043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121296", "Estufa para esterilização, marca Nevoni, modelo NV 1.0 (funcionando, no estado) ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121523", "050")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121523", "1 janela persiana com controle remoto sem uso (1,20 x 1,5 mts)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121304", "051")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121304", "2 rabicho com pino bola ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121524", "052")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121524", "1 contêiner de 6 mts")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121312", "053")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121312", " 4 telas de retroprojetores sendo: 2 com tripé e 2 sem")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121346", "054")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121346", " Motor 125 CV 4 polos 1750 rpm marca Weg")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121349", "055")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121349", " Motor 30 CV 4 polos EX prova de explosão (sem pé com flange cdin)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121350", "056")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121350", " 40 CV 2 polos sem pé com flange FF")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121299", "058")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121299", " Motofreio 40 CV 4 polos - Marca Weg.  ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121301", "059")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121301", " Redutor H12-13 para 20 CV - Revisado.")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121297", "060")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121297", " Motor 200 CV 2 polos 440 volts ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121302", "061")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121302", " Motor elétrico 300 CV 4 polos com flange sem pé - Marca Weg. ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>29.550,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121328", "062")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121328", "Redutor modelo tartaruga redução 1x7 para 20 CV")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121329", "063")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121329", "Motofreio 40 CV 1750 rpm 4 polos, sem uso.")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121513", "064")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121513", "Motor 60 CV 2 polos 3500 rpm  Com flange FF sem pé  Marca Weg")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121535", "065")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121535", " Motor elétrico 125 CV 4 polos 1750 rpm 460 volts Marca ABB")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121538", "066")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121538", " Motor elétrico 125 CV 4 polos Marca ABB 380/660 volts Recondicionado revisado")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121534", "067")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121534", " Motoredutor 2 CV 4 polos redução 1x36,61 sem uso Marca SEW")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121537", "068")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121537", " Motoredutor 2 CV 4 polos redução 1x36,61 sem uso Marca SEW")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121536", "069")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121536", " Motoredutor 2 CV 4 polos redução 1x36,61 sem uso Marca SEW")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121539", "070")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121539", " Motor elétrico 125 CV 4 polos 1750 rpm Marca Weg Revisado completo")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121541", "071")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121541", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121540", "072")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121540", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121542", "073")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121542", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121544", "074")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121544", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121543", "075")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121543", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121545", "076")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121545", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121546", "077")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121546", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121547", "078")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121547", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121548", "079")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121548", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121549", "080")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121549", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121550", "081")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121550", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121551", "082")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121551", " Motor elétrico 7,5 CV 4 polos 1750 rpm sem uso, Sem pé só flange FF Marca Weg ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121552", "083")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121552", " Motor elétrico 60 CV 2 polos 3500 rpm 380/660 volts Marca Weg Revisado completo")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121553", "086")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121553", " Motor 250 CV 1750 rpm 4 polos Revisado completo Marca Weg W22")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121554", "087")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121554", " Motor elétrico 100 CV 2 polos 3500 rpm marca General Eletric funcionando ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121531", "098")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121531", "Cápsula Saúna a vapor sem uso")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121318", "100")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121318", "aprox. 300 pares de sapatos diversos modelos")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121527", "128")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121527", " Bancada de teste Wabco")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121529", "131")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121529", " Maquina de rebitar freio")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121528", "132")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121528", " Maquina de rebitar freio")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121530", "133")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121530", "01 bicicleta cargueira")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121525", "138")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121525", " 9 conjuntos de filtro combustível  Agco - Valtra")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121526", "139")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121526", " 7 filtros Tecfil  PSL523")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121277", "303")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121277", " MÁQUINA PARA FECHAR/ COLAR")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121324", "348")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121324", " 6 luzes de emergência sendo 5 com baterias e 1 sem")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121322", "349")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121322", " Sucata de 10 aspiradores de pó sem acessórios")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121327", "355")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121327", " 17 cadeiras plásticas")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122257", "356")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122257", "10 cadeiras estofadas fixas com braço")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122258", "357")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122258", "10 cadeiras estofadas fixas com braço")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122259", "358")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122259", "10 cadeiras estofadas fixas com braço")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121287", "1213")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121287", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121286", "1214")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121286", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121288", "1215")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121288", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121289", "1216")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121289", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121290", "1217")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121290", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121285", "1220")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121285", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121334", "1300")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121334", " 2 Telefones de audioconferencia - Polycom ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121339", "1301")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121339", " 8 Telefones Yealink VP - 2009 ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121338", "1302")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121338", " 9 Telefones Yealink T20P")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121337", "1303")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121337", " 9 Telefones Yealink T20P")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121340", "1304")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121340", " Máquina de escrever Olivetti Linea 101")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121332", "1305")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121332", " 3 Calculadoras Casio HR 150TM, 1 Calculadora Elgin MB-7123, Calculadora Elgin MB-7140, Calculadora Elgin MB6122, Calculadora Elgin MB-6122")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121342", "1306")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121342", " Diversos Itens")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121333", "1307")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121333", " Videoconferencia Huawei ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121336", "1308")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121336", " Antenas Wifi Dell e Sonicwall")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121331", "1309")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121331", "02 unidades de Firewall Sonicwall")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121352", "2001")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121352", " Órgão Defoli antigo funcionando, madeira maciça.")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121356", "2003")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121356", " Fogão industrial 6 bocas duplas Cozil com forno todo em inox")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121366", "2005")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121366", " giroflex com modulo e sirene 12v")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121390", "2006")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121390", " balcão refrigerado com pedra de granito e pia inox ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121380", "2007")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121380", " câmera fotográfica Zenit 122 ml ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121402", "2008")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121402", " geladeira antiga Frigedaire")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121372", "2009")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121372", " policorte Meta Maq com motor ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121386", "2010")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121386", " gerador a gasolina no estado sem teste de funcionamento")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121359", "2011")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121359", " bomba de vácuo hf 55CFN")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121399", "2012")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121399", " gerador gasolina Phams 7200 sem teste de funcionamento")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121371", "2013")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121371", " gerador a gasolina sem teste de funcionamento com falta de peças ")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121384", "2014")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121384", " máquina de fumaça sem teste de funcionamento e canhão de luz funcionando")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121360", "2015")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121360", " reciver gradiente no estado")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121374", "2017")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121374", "Chevrolet Blazer "tubarão". 6CC. Ano 2001/2002")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121383", "2020")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121383", " ar condicionado Springer 7500 btu sem teste de funcionamento")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121368", "2021")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121368", " forno de têmpora Brasmet 220v tipo k250 no estado")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121404", "2022")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121404", " máquina de costura indústria reta Singer no estado")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121394", "2024")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121394", " martelo rompedor pneumático no estado")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121361", "2025")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121361", " martelo rompedor elétrico sem teste de funcionamento")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121392", "2026")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121392", " sucata de martelos rompedores aproximadamente 30 peças")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121354", "2027")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121354", " vibrador de concreto funcionando 7 peças Bosch somente o vibrador")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121400", "2028")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121400", " motor estacionário Honda 5.5cv")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121381", "2029")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121381", " vibrador de concreto vibromak 4 peças no estado")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121388", "2030")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121388", " esmerilhadeira 7 peças com cabo cortado sem teste de funcionamento ")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121555", "2031")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121555", " serra circular 9 peças no estado sem teste")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121405", "2032")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121405", " máquina de gelo Springer ace maker modelo icma 0158b sem teste de funcionamento ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121363", "2033")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121363", " descascador de legumes Hobart no estado")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121397", "2034")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121397", " aquecedor de ar Britânia sem teste de funcionamento")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121378", "2035")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121378", " escorredor de pratos comercial inox")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121396", "2036")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121396", " maquina chantili Frigomat tp 2 no estado faltando acessórios ")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121377", "2037")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121377", " fatiado de alimentos robot coupe cl50 no estado ")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121382", "2038")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121382", " 2 cortadores de grama a gasolina no estado ")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121365", "2039")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121365", " eletrodomésticos aproximadamente 20 peças no estado")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121407", "2040")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121407", " Maca")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121411", "2041")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121411", " 1 balança Filizola ")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121409", "2042")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121409", " frigobar Eterny sem teste de funcionamento no estado ")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121418", "2043")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121418", " frigobar Consul sem teste de funcionamento no estado")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121412", "2044")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121412", " frigobar Eterny sem teste de funcionamento no estado")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121420", "2045")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121420", " Máquina de café expresso Astória 2 bicas com moinho de café italiano funcionando ")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121413", "2046")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121413", " câmara fria sem teste de funcionamento portas amassadas no estado ")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121422", "2047")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121422", " geladeira antiga Frigidaire no estado ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121431", "2049")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121431", " sucata motor estacionário ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121426", "2050")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121426", " fritadeira a gás no estado ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121428", "2051")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121428", " cortador de grama elétrico no estado")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121424", "2052")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121424", " cortador de cimento Wacker no estado")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121429", "2053")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121429", " 3 equipamentos no estado ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121425", "2054")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121425", " fritadeira elétrica dupla Cozil no estado")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121432", "2055")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121432", " cabine de jato de areia Nortof")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121450", "2057")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121450", " balcão pista fria no estado ")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121441", "2058")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121441", " bomba de vácuo no estado ")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121457", "2059")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121457", " aproximadamente 4 mesas")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121443", "2060")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121443", "Chevrolet Blazer. Com Motor 6 CC não instalado. Ano 1997")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121454", "2061")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121454", " betoneira no estado ")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121439", "2062")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121439", "Cabine de F-1000")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121456", "2063")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121456", " radio antigo no estado ")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121460", "2065")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121460", " câmera fotográfica Canon no estado ")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121434", "2066")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121434", " prensa acêntrica 3 toneladas no estado ")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121452", "2067")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121452", " prensa acêntrica 1800 kg no estado")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121436", "2068")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121436", " policorte somar no estado")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121437", "2070")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121437", " bomba de água Anauger 900, 2 peças no estado")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121459", "2071")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121459", " balança Filizola no estado ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121496", "2073")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121496", " Máquina de café expresso Astória 2 bicas com moinho de café italiano funcionando ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121469", "2074")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121469", " fritadeira a gás no estado ")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121494", "2075")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121494", " fritadeira elétrica dupla no estado ")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121476", "2076")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121476", " estufa de secagem no estado")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121493", "2077")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121493", " maca hospitalar no estado ")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121478", "2078")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121478", "Vibradores de concreto Bosch (não funcionam) ")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121486", "2079")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121486", " girafa 3 toneladas no estado ")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121464", "2080")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121464", " cortador de grama a gasolina no estado ")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121471", "2082")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121471", " ar condicionado mídia 30.000 btu sem teste de funcionamento no estado ")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121497", "2083")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121497", " Geladeira clímax antiga no estado ")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121467", "2084")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121467", " Secadora de roupas Brastemp no estado ")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121490", "2085")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121490", " Lote com 3 tvs com defeitos ")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121475", "2086")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121475", " Máquina de escrever antiga Triumph no estado ")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121498", "2087")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121498", " Máquina de escrever antiga Rtmington Hana no estado ")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121479", "2088")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121479", " Máquina de escrever antiga Olivett portátil no estado ")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121489", "2089")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121489", " Máquina de costura antiga Elna no estado ")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121463", "2090")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121463", " Filmadora Panasonic no estado ")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121500", "2091")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121500", " 3 em 1 CCE sem caixas, antigo no estado ")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121466", "2092")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121466", " radio portátil Philips antigo no estado ")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121485", "2093")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121485", " radio portátil National antigo, no estado ")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121481", "2094")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121481", " radio portátil antigo no estado ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121484", "2095")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121484", " radio relógio National antigo no estado ")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121473", "2096")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121473", " toca fita antigo Philips no estado")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121491", "2097")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121491", " reciver gradiente no estado ")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121470", "2098")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121470", " reciver no estado ")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121499", "2099")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121499", " radio toca fitas e cd várias marcas 10 peças no estado ")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121472", "2100")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121472", " reciver gradiente no estado ")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121480", "2102")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121480", " telefone antigo 2 peças no estado")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121488", "2103")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121488", " replica gramofone cópia autentica ")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121483", "2104")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121483", " avião aero modelismo com motor a gasolina faltando controle ")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121501", "2105")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121501", " rádio toca fitas e cd várias marcas 10 peças no estado ")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121502", "2106")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121502", " rádio toca fitas e cd várias marcas 10 peças no estado ")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121508", "2109")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121508", "Cristaleira antiga, restaurada sem detalhes ")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121509", "2110")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121509", "Cômoda Penteadeira antiga restaurada sem detalhes")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122580", "2111")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122580", " 4 motoserras Stihl Ms 381")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122581", "2112")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122581", " 5 motoserras Sthil Ms 381 e 382")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122582", "2113")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122582", " Aprox. 22 pares de molas dianteira G6 adiante original. ")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122583", "2114")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122583", " Geladeira")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122577", "3001")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122577", " LOTE DE DIVERSIDADES CONFORME ESPECIFICAÇÕES")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122576", "3002")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122576", " MACA HOSPITALAR COM CILINDRO DE OXIGÊNIO")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122578", "3003")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122578", " MÁQUINA DE LAVAR E SECAR SAMSUNG SEM USO")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>