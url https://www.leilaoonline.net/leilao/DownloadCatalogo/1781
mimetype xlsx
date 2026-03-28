--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122140", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122140", " 15 LUMINÁRIAS (SEM LÂMPADAS)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122141", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122141", " 13 COFRES DE AÇO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122142", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122142", " DISCOS DE CORTES DIVERSOS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122143", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122143", " MANGUEIRAS DIVERSAS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122145", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122145", " DISJUNTORES DIVERSOS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122147", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122147", " CONSUMÍVEIS DE SOLDA DIVERSOS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122144", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122144", " ANILHAS DIVERSAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122148", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122148", " 4 BEBEDOUROS DE INOX")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122146", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122146", " 2 GABINETES E 2 VASOS SANITÁRIOS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122149", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122149", " 2 FOGÕES ATLAS; 1 FOGÃO ELECTROLUX; 1 FOGÃO MUELLER; 1 FOGÃO S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122151", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122151", " 3 GELADEIRAS; MARCAS: CONSUL/ELECTROLUX/BRASTEMP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122153", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122153", " 2 GELADEIRAS CONSUL E 2 GELADEIRAS ELECTROLUX")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122150", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122150", " 2 LAVADORAS DE ROUPAS MUELLER; 1 LAVADORA DE ROUPA SUGGAR; 1 LAVADORA DE ROUPA FIORETTA;1 LAVADORA DE ROUPA CONSUL; 1 LAVADORA DE ROUPA SEM ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122154", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122154", " 11 ARMÁRIOS, CADEIRAS E SOFÁS DIVERSOS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122152", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122152", " FONTES, MONITORES, MICROS, SWITCHS, NOBREAKS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122155", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122155", " TELEFONES, IMPRESSORAS, CAMERAS, SCANNERS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122156", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122156", " TONERS VAZIOS DIVERSOS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122157", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122157", " IMPRESSORAS, NOBREAKS, MONITORES, TECLADOS, ESTABILIZADORES")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122158", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122158", " NOBREAKS, SERVIDORES, SWITCHS, IMPRESSORAS, TELEFONES")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122159", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122159", " SWITCHS, MONITORES, ESTABILIZADORES, CABOS, TECLADOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122160", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122160", " APROX. 35 MICRO HP 6005")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122162", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122162", " IMPRESSORAS, MICROS E ESTABILIZADORES")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122164", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122164", " APROX. 123 TALABARTES C/ ALMA DE AÇO P/ SOLDADOR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122161", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122161", " CADEIRAS E LIXEIRAS PLÁSTICAS DIVERSAS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122166", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122166", " MONITORES, NOBREAKS, ESTABILIZADORES, TECLADOS, CABOS DE REDES DIVERSOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122163", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122163", " IMPRESSORAS, SERVIDORES, MONITORES, ESTABILIZADORES, BATERIAS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122165", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122165", " MICROS 6005 HP, MONITORES, SWITCHS E IMPRESSORAS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122167", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122167", " FONTES, CAMERAS, NOBREAKS, MONITORES, MOUSES, TECLADOS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...734 lines deleted...]
-      </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122168", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122168", "Aprox. 640 extintores de Agua, CO2 e PQS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>238</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>26.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>