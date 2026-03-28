--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121231", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121231", " CHASSI DE CAMINHÃO  MB 712 C ANO/MOD:   99/99 PLACA:  CPR-3208 RENAVAM:  716614090 CHASSI:  9BM688255XB193168 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121233", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121233", " CHASSI DE CAMINHÃO  MB 712 C ANO/MOD:   99/99 PLACA:  GXH-7227 RENAVAM:  722174047 CHASSI:  9BM688254XB205947 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121235", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121235", " CHASSI DE CAMINHÃO FORD/CARGO 815 RHINUS800 ANO/MOD:   2001 / 2002 PLACA:  HRO 7280 RENAVAM:  792867270 CHASSI:  9BFV2UHG62BB11905 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121234", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121234", " ESPECIAL MICROONIBUS M.BENZ/LO 814 ANO/MOD:   00/00 PLACA:  GXH-7389 RENAVAM:  740379828 CHASSI:  9BM688176YB236310 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121236", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121236", " CHASSI DE CAMINHÃO M.BENZ/710 ANO/MOD:   2001 / 2001 PLACA:  GVP-9483 RENAVAM:  768802725 CHASSI:  9BM6881561B258920 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121232", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121232", " CHASSI DE CAMINHÃO M.BENZ/710 ANO/MOD:   2005 / 2006 PLACA:  GSP1254 RENAVAM:  875859682 CHASSI:  9BM6881566B464458 OBS: regularização da documentação será por responsabilidade do comprador.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>