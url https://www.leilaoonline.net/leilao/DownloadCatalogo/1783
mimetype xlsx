--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121602", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121602", "veja o vídeo!! VW/GOL CL 1.8; 1992/1993; PRATA; ALCOOL; TURBO LEGALIZADO - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121603", "051")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121603", "CAMINHÃO MERCEDES BENZ 1113; 1978; AZUL; DIESEL; TURBINADO; HIDRÁULICO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121604", "052")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121604", "veja o vídeo!! CAMINHÃO FORD/CARGO 1317 E; 2006/2006; PRATA; DIESEL; MOTOR CUMMINS; TURBINADO; HIDRÁULICO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121605", "053")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121605", "CAMINHÃO FORD/CARGO 1415; 1987/1987; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121606", "054")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121606", "CAMINHÃO VW/VW 11.130; 1981/1981; BRANCA; DIESEL; HIDRÁULICO; POLI GUINDASTE - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121608", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121608", "CAMINHÃO FORD/F4000; 1983/1983; AZUL; DIESEL; MOTOR MWM 229 - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121607", "057")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121607", "CAMINHÃO MERCEDES BENZ 1113; 1969/1969; VERDE; DIESEL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121863", "058")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121863", "CAMINHÃO FORD/F4000; 1988/1988; PRATA; DIESEL; MOTOR MWM 229; HIDRÁULICA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122131", "060")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/122131", "CAMINHÃO VW/11.130; 1987/1987; CINZA; DIESEL; SAID 7,5; MOTOR MWM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121590", "103")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121590", "CHEVROLET S10 ADV FD2; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - FROTA 202; CP 120 - R$ 123.605,00")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121586", "105")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121586", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX. - FUNC. - FROTA 758; CP 171 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>39.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121587", "106")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121587", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 912; CP 175 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>39.150,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121588", "108")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121588", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 939; CP 185 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121589", "109")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121589", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX. - FUNC. - FROTA 726; CP 187 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121591", "110")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121591", "FIAT PALIO WEEK. ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 770; CP 188 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121592", "111")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121592", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 173; CP 191 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121593", "112")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121593", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 843; CP 197 - FIPE R$ 64.256,00")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121594", "113")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121594", "FIAT PALIO WEEK ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 730; CP 203 - R$ 64.256,00")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121595", "114")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121595", "FIAT PALIO WEEK ADVENTURE; 2018/2018; PRATA; FLEX - FUNC. - FROTA H74; CP 204 - FIPE: R$ 61.754,00")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121596", "115")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121596", "FIAT PALIO WEEK ADVENTURE; 2018/2018; PRATA; FLEX - FUNC. - FROTA H03; CP 206 - FIPE: R$ 61.754,00")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121597", "116")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121597", "FIAT PALIO WEEK. ADVENTURE; 2018/2019; BRANCA; FLEX - FUNC. - FROTA 358; CP 166 - FIPE: R$ 64.256,00")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121598", "117")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121598", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 678; CP 170")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121601", "261")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121601", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; ALCO./GASOL. FIPE: R$ 64.158,00 - FUNC. - FROTA 409; CP 98")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>39.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121600", "262")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/121600", "FIAT PALIO WEEKEND ADVENTURE; 2018/2019; BRANCA; FLEX - FIPE: R$ 64.256,00 - FUNC. - FROTA 358; CP 96")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>36.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>